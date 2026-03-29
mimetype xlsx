--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -10,77 +10,77 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Pondi Média\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Pondi Média\Desktop\ENP\2025-2026\RECORDS DU CLUB\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="17256" windowHeight="5688" tabRatio="500" activeTab="2"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="garçons" sheetId="1" r:id="rId1"/>
     <sheet name="filles" sheetId="2" r:id="rId2"/>
     <sheet name="maitres garçons" sheetId="3" r:id="rId3"/>
     <sheet name="maitres filles" sheetId="4" r:id="rId4"/>
     <sheet name="4  50 4N" sheetId="5" r:id="rId5"/>
     <sheet name="4  50 nl" sheetId="6" r:id="rId6"/>
     <sheet name="10  50 nl" sheetId="7" r:id="rId7"/>
     <sheet name="relais 4  100 4 nages" sheetId="8" r:id="rId8"/>
   </sheets>
-  <calcPr calcId="0" iterateDelta="1E-4"/>
+  <calcPr calcId="0"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1468" uniqueCount="657">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1468" uniqueCount="655">
   <si>
     <t>MESSIEURS</t>
   </si>
   <si>
     <t>LAUNAY Alexis</t>
   </si>
   <si>
     <t>Iwan Le Cunff</t>
   </si>
   <si>
     <t>Hugo Perron Sylvestre</t>
   </si>
   <si>
     <t>50 m BRA</t>
   </si>
   <si>
     <t>Pontivy 12/06/22</t>
   </si>
   <si>
     <t>Pontivy 18/06/17</t>
   </si>
   <si>
     <t>Guer 14/06/09</t>
   </si>
   <si>
@@ -527,63 +527,57 @@
   <si>
     <t>2' 44" 34</t>
   </si>
   <si>
     <t>2' 26" 27</t>
   </si>
   <si>
     <t>2' 13" 65</t>
   </si>
   <si>
     <t>2' 11" 87</t>
   </si>
   <si>
     <t>2' 10" 96</t>
   </si>
   <si>
     <t>Bastien Pinabel</t>
   </si>
   <si>
     <t>200 pap</t>
   </si>
   <si>
     <t>Pontivy 08/06/19</t>
   </si>
   <si>
-    <t>Guer 22/01/11</t>
-[...1 lines deleted...]
-  <si>
     <t>St Brieuc 18/03/12</t>
   </si>
   <si>
     <t>Guer 9/06/12</t>
   </si>
   <si>
     <t>3' 28" 78</t>
-  </si>
-[...1 lines deleted...]
-    <t>2' 49" 88</t>
   </si>
   <si>
     <t>2' 38" 30</t>
   </si>
   <si>
     <t>2' 21" 74</t>
   </si>
   <si>
     <t>400 4 n</t>
   </si>
   <si>
     <t>Brest 01/07/12</t>
   </si>
   <si>
     <t>Massy 22/02/13</t>
   </si>
   <si>
     <t>Rennes 29/01/12</t>
   </si>
   <si>
     <t>5' 34" 15</t>
   </si>
   <si>
     <t>5' 32" 95</t>
   </si>
@@ -3586,62 +3580,50 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="14" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3672,50 +3654,62 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC0C0C0"/>
       <rgbColor rgb="FF808080"/>
@@ -4092,6497 +4086,6497 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:ACM97"/>
   <sheetViews>
-    <sheetView topLeftCell="A33" zoomScale="66" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J65" sqref="J65"/>
+    <sheetView tabSelected="1" zoomScale="66" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="Q43" sqref="Q43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.6640625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="12" width="18.6640625" customWidth="1"/>
+    <col min="1" max="1" width="10.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.7109375" style="1" customWidth="1"/>
+    <col min="3" max="12" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="26.85" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:12" ht="26.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
     </row>
-    <row r="2" spans="1:12" s="7" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:12" s="7" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="5" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B2" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="D2" s="6" t="s">
         <v>538</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="E2" s="6" t="s">
         <v>539</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="F2" s="6" t="s">
         <v>540</v>
       </c>
-      <c r="E2" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G2" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="I2" s="6" t="s">
         <v>533</v>
       </c>
-      <c r="H2" s="6" t="s">
+      <c r="J2" s="6" t="s">
         <v>534</v>
       </c>
-      <c r="I2" s="6" t="s">
+      <c r="K2" s="6" t="s">
         <v>535</v>
       </c>
-      <c r="J2" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L2" s="6" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
       <c r="B3" s="189" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="L3" s="265" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="190" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G4" s="15" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="15" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="15" t="s">
         <v>11</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="15" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="266" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="B5" s="191" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="18" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="19" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="17" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="19" t="s">
         <v>18</v>
       </c>
       <c r="J5" s="19" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="267" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8"/>
       <c r="B6" s="189" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="21" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="21" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="21" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="21" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="21" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="20" t="s">
         <v>25</v>
       </c>
       <c r="J6" s="20" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="20" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="20" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="190" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="14" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="14" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="14" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>32</v>
       </c>
       <c r="L7" s="14" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="16"/>
       <c r="B8" s="191" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="19" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="19" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="18" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="18" t="s">
         <v>40</v>
       </c>
       <c r="K8" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L8" s="18" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="22"/>
       <c r="B9" s="241" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C9" s="275" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="189" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="192" t="s">
         <v>42</v>
       </c>
       <c r="I9" s="286" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="J9" s="286" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="K9" s="286" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="L9" s="286" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="242" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C10" s="276" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>7</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="14" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="190" t="s">
         <v>45</v>
       </c>
       <c r="H10" s="193" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="I10" s="287" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="J10" s="287" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="K10" s="287" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="L10" s="287" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="24"/>
       <c r="B11" s="243" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="277" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="191" t="s">
         <v>53</v>
       </c>
       <c r="H11" s="194" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I11" s="288" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="J11" s="288" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="K11" s="288" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="L11" s="288" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="8"/>
       <c r="B12" s="189" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C12" s="275" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="189" t="s">
         <v>42</v>
       </c>
       <c r="H12" s="11" t="s">
         <v>43</v>
       </c>
       <c r="I12" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="10" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="190" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C13" s="276" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>55</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="190" t="s">
         <v>45</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J13" s="14" t="s">
         <v>58</v>
       </c>
       <c r="K13" s="14" t="s">
         <v>58</v>
       </c>
       <c r="L13" s="14" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16"/>
       <c r="B14" s="191" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C14" s="277" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="19" t="s">
         <v>61</v>
       </c>
       <c r="G14" s="191" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="19" t="s">
         <v>63</v>
       </c>
       <c r="I14" s="19" t="s">
         <v>64</v>
       </c>
       <c r="J14" s="18" t="s">
         <v>64</v>
       </c>
       <c r="K14" s="18" t="s">
         <v>64</v>
       </c>
       <c r="L14" s="18" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8"/>
       <c r="B15" s="278" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C15" s="11"/>
       <c r="D15" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>3</v>
       </c>
       <c r="H15" s="10" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="10" t="s">
         <v>3</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="10" t="s">
         <v>3</v>
       </c>
       <c r="L15" s="11" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B16" s="279" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="13" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="14" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="14" t="s">
         <v>69</v>
       </c>
       <c r="H16" s="14" t="s">
         <v>70</v>
       </c>
       <c r="I16" s="14" t="s">
         <v>70</v>
       </c>
       <c r="J16" s="14" t="s">
         <v>70</v>
       </c>
       <c r="K16" s="14" t="s">
         <v>70</v>
       </c>
       <c r="L16" s="15" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="17" spans="1:767" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:767" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="16"/>
       <c r="B17" s="280" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="17" t="s">
         <v>72</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>74</v>
       </c>
       <c r="G17" s="18" t="s">
         <v>75</v>
       </c>
       <c r="H17" s="18" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="18" t="s">
         <v>76</v>
       </c>
       <c r="J17" s="18" t="s">
         <v>76</v>
       </c>
       <c r="K17" s="18" t="s">
         <v>76</v>
       </c>
       <c r="L17" s="19" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="18" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="22"/>
       <c r="B18" s="189" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C18" s="21"/>
       <c r="D18" s="21"/>
       <c r="E18" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="21" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="21" t="s">
         <v>79</v>
       </c>
       <c r="I18" s="21" t="s">
         <v>79</v>
       </c>
       <c r="J18" s="21" t="s">
         <v>79</v>
       </c>
       <c r="K18" s="21" t="s">
         <v>79</v>
       </c>
       <c r="L18" s="21" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="19" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="190" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="15"/>
       <c r="E19" s="14" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="14" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="15" t="s">
         <v>83</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>84</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J19" s="15" t="s">
         <v>85</v>
       </c>
       <c r="K19" s="15" t="s">
         <v>86</v>
       </c>
       <c r="L19" s="15" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="20" spans="1:767" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:767" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="24"/>
       <c r="B20" s="191" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="C20" s="19"/>
       <c r="D20" s="19"/>
       <c r="E20" s="18" t="s">
         <v>87</v>
       </c>
       <c r="F20" s="18" t="s">
         <v>88</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>89</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>90</v>
       </c>
       <c r="I20" s="19" t="s">
         <v>91</v>
       </c>
       <c r="J20" s="19" t="s">
         <v>91</v>
       </c>
       <c r="K20" s="19" t="s">
         <v>92</v>
       </c>
       <c r="L20" s="19" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="21" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
       <c r="B21" s="189" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="275" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="25" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="22" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="190" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="276" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E22" s="14" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="G22" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H22" s="26" t="s">
         <v>97</v>
       </c>
       <c r="I22" s="14" t="s">
         <v>58</v>
       </c>
       <c r="J22" s="14" t="s">
         <v>58</v>
       </c>
       <c r="K22" s="14" t="s">
         <v>58</v>
       </c>
       <c r="L22" s="14" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="23" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16"/>
       <c r="B23" s="191" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="277" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="D23" s="19" t="s">
         <v>99</v>
       </c>
       <c r="E23" s="18" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="19" t="s">
         <v>101</v>
       </c>
       <c r="G23" s="19" t="s">
         <v>102</v>
       </c>
       <c r="H23" s="27" t="s">
         <v>103</v>
       </c>
       <c r="I23" s="18" t="s">
         <v>104</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>104</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>104</v>
       </c>
       <c r="L23" s="18" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="24" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="8"/>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>41</v>
       </c>
       <c r="G24" s="21" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="J24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="K24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="L24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="ACM24" s="28"/>
     </row>
-    <row r="25" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="12" t="s">
         <v>105</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="14" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="14" t="s">
         <v>96</v>
       </c>
       <c r="G25" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>109</v>
       </c>
       <c r="J25" s="15" t="s">
         <v>109</v>
       </c>
       <c r="K25" s="15" t="s">
         <v>110</v>
       </c>
       <c r="L25" s="15" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="26" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="16"/>
       <c r="B26" s="19"/>
       <c r="C26" s="19"/>
       <c r="D26" s="19"/>
       <c r="E26" s="18" t="s">
         <v>111</v>
       </c>
       <c r="F26" s="18" t="s">
         <v>112</v>
       </c>
       <c r="G26" s="19" t="s">
         <v>113</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>114</v>
       </c>
       <c r="I26" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J26" s="19" t="s">
         <v>115</v>
       </c>
       <c r="K26" s="19" t="s">
         <v>116</v>
       </c>
       <c r="L26" s="19" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="27" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="22"/>
       <c r="B27" s="11"/>
       <c r="C27" s="275" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>41</v>
       </c>
       <c r="F27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="H27" s="25" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="11" t="s">
         <v>78</v>
       </c>
       <c r="J27" s="11" t="s">
         <v>78</v>
       </c>
       <c r="K27" s="11" t="s">
         <v>43</v>
       </c>
       <c r="L27" s="11" t="s">
         <v>43</v>
       </c>
       <c r="ACM27" s="28"/>
     </row>
-    <row r="28" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23" t="s">
         <v>117</v>
       </c>
       <c r="B28" s="15"/>
       <c r="C28" s="276" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>55</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F28" s="15" t="s">
         <v>9</v>
       </c>
       <c r="G28" s="15" t="s">
         <v>118</v>
       </c>
       <c r="H28" s="14" t="s">
         <v>48</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>110</v>
       </c>
       <c r="J28" s="15" t="s">
         <v>110</v>
       </c>
       <c r="K28" s="15" t="s">
         <v>119</v>
       </c>
       <c r="L28" s="15" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="29" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="24"/>
       <c r="B29" s="19"/>
       <c r="C29" s="277" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>120</v>
       </c>
       <c r="E29" s="19" t="s">
         <v>121</v>
       </c>
       <c r="F29" s="19" t="s">
         <v>122</v>
       </c>
       <c r="G29" s="19" t="s">
         <v>123</v>
       </c>
       <c r="H29" s="27" t="s">
         <v>124</v>
       </c>
       <c r="I29" s="19" t="s">
         <v>125</v>
       </c>
       <c r="J29" s="19" t="s">
         <v>125</v>
       </c>
       <c r="K29" s="19" t="s">
         <v>126</v>
       </c>
       <c r="L29" s="19" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="30" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="8"/>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="H30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="I30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="J30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="K30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="L30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="ACM30" s="28"/>
     </row>
-    <row r="31" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="12" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="15"/>
       <c r="C31" s="15"/>
       <c r="D31" s="13" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="13" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="15" t="s">
         <v>130</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>131</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>131</v>
       </c>
       <c r="J31" s="15" t="s">
         <v>131</v>
       </c>
       <c r="K31" s="15" t="s">
         <v>131</v>
       </c>
       <c r="L31" s="15" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="32" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="16"/>
       <c r="B32" s="19"/>
       <c r="C32" s="19"/>
       <c r="D32" s="17" t="s">
         <v>132</v>
       </c>
       <c r="E32" s="19" t="s">
         <v>133</v>
       </c>
       <c r="F32" s="17" t="s">
         <v>134</v>
       </c>
       <c r="G32" s="19" t="s">
         <v>135</v>
       </c>
       <c r="H32" s="19" t="s">
         <v>136</v>
       </c>
       <c r="I32" s="19" t="s">
         <v>136</v>
       </c>
       <c r="J32" s="19" t="s">
         <v>136</v>
       </c>
       <c r="K32" s="19" t="s">
         <v>136</v>
       </c>
       <c r="L32" s="19" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="33" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="29"/>
       <c r="B33" s="11"/>
       <c r="C33" s="10"/>
       <c r="D33" s="241" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E33" s="241" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="241" t="s">
         <v>78</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="11" t="s">
         <v>79</v>
       </c>
       <c r="I33" s="11" t="s">
         <v>79</v>
       </c>
       <c r="J33" s="11" t="s">
         <v>79</v>
       </c>
       <c r="K33" s="11" t="s">
         <v>79</v>
       </c>
       <c r="L33" s="11" t="s">
         <v>79</v>
       </c>
       <c r="ACM33" s="28"/>
     </row>
-    <row r="34" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>137</v>
       </c>
       <c r="B34" s="15"/>
       <c r="C34" s="14"/>
       <c r="D34" s="242" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E34" s="242" t="s">
         <v>138</v>
       </c>
       <c r="F34" s="242" t="s">
         <v>94</v>
       </c>
       <c r="G34" s="14" t="s">
         <v>139</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>141</v>
       </c>
       <c r="J34" s="15" t="s">
         <v>142</v>
       </c>
       <c r="K34" s="15" t="s">
         <v>142</v>
       </c>
       <c r="L34" s="15" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="35" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="30"/>
       <c r="B35" s="19"/>
       <c r="C35" s="18"/>
       <c r="D35" s="243" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="E35" s="243" t="s">
         <v>143</v>
       </c>
       <c r="F35" s="243" t="s">
         <v>144</v>
       </c>
       <c r="G35" s="18" t="s">
         <v>145</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>146</v>
       </c>
       <c r="I35" s="19" t="s">
         <v>147</v>
       </c>
       <c r="J35" s="19" t="s">
         <v>148</v>
       </c>
       <c r="K35" s="19" t="s">
         <v>148</v>
       </c>
       <c r="L35" s="19" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="36" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="22"/>
       <c r="B36" s="21"/>
       <c r="C36" s="20"/>
       <c r="D36" s="244" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E36" s="245" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="244" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="J36" s="21" t="s">
         <v>65</v>
       </c>
       <c r="K36" s="21" t="s">
         <v>65</v>
       </c>
       <c r="L36" s="21" t="s">
         <v>65</v>
       </c>
       <c r="ACM36" s="28"/>
     </row>
-    <row r="37" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="23" t="s">
         <v>149</v>
       </c>
       <c r="B37" s="15"/>
       <c r="C37" s="14"/>
       <c r="D37" s="242" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E37" s="242" t="s">
         <v>150</v>
       </c>
       <c r="F37" s="246" t="s">
         <v>151</v>
       </c>
       <c r="G37" s="14" t="s">
         <v>152</v>
       </c>
       <c r="H37" s="14" t="s">
         <v>153</v>
       </c>
       <c r="I37" s="14" t="s">
         <v>153</v>
       </c>
       <c r="J37" s="15" t="s">
         <v>154</v>
       </c>
       <c r="K37" s="15" t="s">
         <v>154</v>
       </c>
       <c r="L37" s="15" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="38" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="24"/>
       <c r="B38" s="19"/>
       <c r="C38" s="18"/>
       <c r="D38" s="243" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="E38" s="243" t="s">
         <v>155</v>
       </c>
       <c r="F38" s="243" t="s">
         <v>156</v>
       </c>
       <c r="G38" s="18" t="s">
         <v>157</v>
       </c>
       <c r="H38" s="18" t="s">
         <v>158</v>
       </c>
       <c r="I38" s="18" t="s">
         <v>158</v>
       </c>
       <c r="J38" s="19" t="s">
         <v>159</v>
       </c>
       <c r="K38" s="19" t="s">
         <v>159</v>
       </c>
       <c r="L38" s="19" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="39" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="8"/>
       <c r="B39" s="21"/>
       <c r="C39" s="20"/>
       <c r="D39" s="241"/>
       <c r="E39" s="241"/>
       <c r="F39" s="241" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="G39" s="21" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="202" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>563</v>
+      </c>
+      <c r="I39" s="202" t="s">
+        <v>563</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>160</v>
       </c>
       <c r="K39" s="21" t="s">
         <v>43</v>
       </c>
       <c r="L39" s="21" t="s">
         <v>43</v>
       </c>
       <c r="ACM39" s="28"/>
     </row>
-    <row r="40" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>161</v>
       </c>
       <c r="B40" s="15"/>
       <c r="C40" s="14"/>
       <c r="D40" s="242"/>
       <c r="E40" s="242"/>
       <c r="F40" s="246" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="H40" s="302" t="s">
-[...2 lines deleted...]
-      <c r="I40" s="14" t="s">
+      <c r="H40" s="298" t="s">
+        <v>654</v>
+      </c>
+      <c r="I40" s="298" t="s">
+        <v>654</v>
+      </c>
+      <c r="J40" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="J40" s="15" t="s">
+      <c r="K40" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="K40" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L40" s="15" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="41" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="16"/>
       <c r="B41" s="19"/>
       <c r="C41" s="18"/>
       <c r="D41" s="243"/>
       <c r="E41" s="243"/>
       <c r="F41" s="243" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="G41" s="19" t="s">
+        <v>165</v>
+      </c>
+      <c r="H41" s="203" t="s">
+        <v>653</v>
+      </c>
+      <c r="I41" s="203" t="s">
+        <v>653</v>
+      </c>
+      <c r="J41" s="19" t="s">
         <v>166</v>
       </c>
-      <c r="H41" s="203" t="s">
-[...2 lines deleted...]
-      <c r="I41" s="18" t="s">
+      <c r="K41" s="19" t="s">
         <v>167</v>
       </c>
-      <c r="J41" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L41" s="19" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="42" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="8"/>
       <c r="B42" s="11"/>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="10"/>
-      <c r="F42" s="299" t="s">
-        <v>565</v>
+      <c r="F42" s="295" t="s">
+        <v>563</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>3</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>3</v>
       </c>
       <c r="I42" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>78</v>
       </c>
       <c r="K42" s="10" t="s">
         <v>78</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>78</v>
       </c>
       <c r="ACM42" s="28"/>
     </row>
-    <row r="43" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B43" s="15"/>
       <c r="C43" s="14"/>
       <c r="D43" s="14"/>
       <c r="E43" s="14"/>
-      <c r="F43" s="300" t="s">
-        <v>589</v>
+      <c r="F43" s="296" t="s">
+        <v>587</v>
       </c>
       <c r="G43" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="H43" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="I43" s="14" t="s">
         <v>171</v>
       </c>
-      <c r="H43" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J43" s="14" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="K43" s="14" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="L43" s="14" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="44" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="16"/>
       <c r="B44" s="19"/>
       <c r="C44" s="18"/>
       <c r="D44" s="18"/>
       <c r="E44" s="18"/>
-      <c r="F44" s="301" t="s">
-        <v>592</v>
+      <c r="F44" s="297" t="s">
+        <v>590</v>
       </c>
       <c r="G44" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="I44" s="18" t="s">
         <v>174</v>
       </c>
-      <c r="H44" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J44" s="18" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="K44" s="18" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="L44" s="18" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="45" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="8"/>
       <c r="B45" s="21"/>
       <c r="C45" s="20"/>
       <c r="D45" s="244" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E45" s="20" t="s">
         <v>41</v>
       </c>
       <c r="F45" s="20" t="s">
         <v>22</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="20" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="20" t="s">
         <v>22</v>
       </c>
       <c r="J45" s="20" t="s">
         <v>22</v>
       </c>
       <c r="K45" s="20" t="s">
         <v>43</v>
       </c>
       <c r="L45" s="20" t="s">
         <v>43</v>
       </c>
       <c r="ACM45" s="28"/>
     </row>
-    <row r="46" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B46" s="15"/>
       <c r="C46" s="14"/>
       <c r="D46" s="242" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E46" s="31" t="s">
         <v>151</v>
       </c>
       <c r="F46" s="31" t="s">
         <v>151</v>
       </c>
       <c r="G46" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="H46" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="I46" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="J46" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="K46" s="14" t="s">
         <v>178</v>
       </c>
-      <c r="H46" s="14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L46" s="14" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="47" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="16"/>
       <c r="B47" s="19"/>
       <c r="C47" s="18"/>
       <c r="D47" s="243" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="E47" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="F47" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="G47" s="18" t="s">
         <v>181</v>
       </c>
-      <c r="F47" s="18" t="s">
+      <c r="H47" s="18" t="s">
         <v>182</v>
       </c>
-      <c r="G47" s="18" t="s">
+      <c r="I47" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="K47" s="18" t="s">
         <v>183</v>
       </c>
-      <c r="H47" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L47" s="18" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="48" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="8"/>
       <c r="B48" s="21"/>
       <c r="C48" s="20"/>
       <c r="D48" s="20"/>
       <c r="E48" s="20"/>
       <c r="F48" s="20"/>
       <c r="G48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="J48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="K48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="L48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="ACM48" s="28"/>
     </row>
-    <row r="49" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B49" s="15"/>
       <c r="C49" s="14"/>
       <c r="D49" s="14"/>
       <c r="E49" s="14"/>
       <c r="F49" s="14"/>
       <c r="G49" s="14" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="H49" s="14" t="s">
         <v>58</v>
       </c>
       <c r="I49" s="14" t="s">
         <v>58</v>
       </c>
       <c r="J49" s="14" t="s">
         <v>58</v>
       </c>
       <c r="K49" s="14" t="s">
         <v>58</v>
       </c>
       <c r="L49" s="14" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="50" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="16"/>
       <c r="B50" s="19"/>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
       <c r="G50" s="18" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="51" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="8"/>
       <c r="B51" s="21"/>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
       <c r="E51" s="21"/>
       <c r="F51" s="21"/>
       <c r="G51" s="20" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="20" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="20" t="s">
         <v>22</v>
       </c>
       <c r="J51" s="20" t="s">
         <v>22</v>
       </c>
       <c r="K51" s="20" t="s">
         <v>22</v>
       </c>
       <c r="L51" s="20" t="s">
         <v>22</v>
       </c>
       <c r="ACM51" s="28"/>
     </row>
-    <row r="52" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="12" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="14" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="H52" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="I52" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="J52" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="K52" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="L52" s="14" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="53" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="16"/>
       <c r="B53" s="19"/>
       <c r="C53" s="19"/>
       <c r="D53" s="19"/>
       <c r="E53" s="19"/>
       <c r="F53" s="19"/>
       <c r="G53" s="18" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="H53" s="18" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="K53" s="18" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="L53" s="18" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="54" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="32"/>
       <c r="B54" s="33"/>
       <c r="C54" s="20"/>
       <c r="D54" s="10"/>
       <c r="E54" s="20"/>
       <c r="F54" s="10"/>
       <c r="G54" s="20" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="20" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J54" s="21" t="s">
         <v>78</v>
       </c>
       <c r="K54" s="21" t="s">
         <v>78</v>
       </c>
       <c r="L54" s="21" t="s">
         <v>78</v>
       </c>
       <c r="ACM54" s="28"/>
     </row>
-    <row r="55" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="34" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B55" s="14"/>
       <c r="C55" s="14"/>
       <c r="D55" s="14"/>
       <c r="E55" s="14"/>
       <c r="F55" s="14"/>
       <c r="G55" s="14" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H55" s="14" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J55" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="K55" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="L55" s="15" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="56" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="35"/>
       <c r="B56" s="18"/>
       <c r="C56" s="18"/>
       <c r="D56" s="18"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="18" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="I56" s="19" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="J56" s="19" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="K56" s="19" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="L56" s="19" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="57" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="32"/>
       <c r="B57" s="33"/>
       <c r="C57" s="20"/>
       <c r="D57" s="10"/>
       <c r="E57" s="10"/>
       <c r="F57" s="10"/>
       <c r="G57" s="11" t="s">
         <v>3</v>
       </c>
       <c r="H57" s="11" t="s">
         <v>3</v>
       </c>
       <c r="I57" s="11" t="s">
         <v>78</v>
       </c>
       <c r="J57" s="11" t="s">
         <v>78</v>
       </c>
       <c r="K57" s="21" t="s">
         <v>78</v>
       </c>
       <c r="L57" s="21" t="s">
         <v>78</v>
       </c>
       <c r="ACM57" s="28"/>
     </row>
-    <row r="58" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="34" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B58" s="14"/>
       <c r="C58" s="14"/>
       <c r="D58" s="14"/>
       <c r="E58" s="14"/>
       <c r="F58" s="14"/>
       <c r="G58" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="H58" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J58" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="K58" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="L58" s="15" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="59" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="35"/>
       <c r="B59" s="18"/>
       <c r="C59" s="18"/>
       <c r="D59" s="18"/>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="19" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="H59" s="19" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="I59" s="19" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="J59" s="19" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="K59" s="19" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="L59" s="19" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="60" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="32"/>
       <c r="B60" s="33"/>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="21" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F60" s="11" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G60" s="11" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="H60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="I60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="J60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="K60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="ACM60" s="28"/>
     </row>
-    <row r="61" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="34" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B61" s="14"/>
       <c r="C61" s="14"/>
       <c r="D61" s="14"/>
       <c r="E61" s="15" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F61" s="15" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G61" s="15" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H61" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="I61" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="J61" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="K61" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="L61" s="14" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="62" spans="1:767" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="35"/>
       <c r="B62" s="18"/>
       <c r="C62" s="18"/>
       <c r="D62" s="18"/>
       <c r="E62" s="19" t="s">
+        <v>205</v>
+      </c>
+      <c r="F62" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="G62" s="19" t="s">
         <v>207</v>
       </c>
-      <c r="F62" s="19" t="s">
+      <c r="H62" s="18" t="s">
         <v>208</v>
       </c>
-      <c r="G62" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I62" s="18" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="K62" s="18" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:767" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="63" spans="1:767" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="36"/>
       <c r="B63" s="36"/>
       <c r="C63" s="37"/>
       <c r="D63" s="37"/>
       <c r="E63" s="37"/>
       <c r="F63" s="37"/>
     </row>
-    <row r="64" spans="1:767" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:767" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="38"/>
       <c r="B64" s="38"/>
       <c r="C64" s="37"/>
       <c r="D64" s="37"/>
       <c r="E64" s="37"/>
       <c r="F64" s="37"/>
     </row>
-    <row r="65" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="39" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B65" s="40"/>
       <c r="C65" s="37"/>
       <c r="D65" s="37"/>
       <c r="E65" s="37"/>
       <c r="F65" s="37"/>
     </row>
-    <row r="66" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="41" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B66" s="41" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C66" s="37"/>
       <c r="D66" s="37"/>
       <c r="E66" s="37"/>
       <c r="F66" s="37"/>
     </row>
-    <row r="67" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="36"/>
       <c r="B67" s="36"/>
       <c r="C67" s="37"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
     </row>
-    <row r="68" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="38"/>
       <c r="B68" s="38"/>
       <c r="C68" s="37"/>
       <c r="D68" s="37"/>
       <c r="E68" s="37"/>
       <c r="F68" s="37"/>
     </row>
-    <row r="69" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="36"/>
       <c r="B69" s="36"/>
       <c r="C69" s="37"/>
       <c r="D69" s="37"/>
       <c r="E69" s="37"/>
       <c r="F69" s="37"/>
     </row>
-    <row r="70" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="38"/>
       <c r="B70" s="38"/>
       <c r="C70" s="37"/>
       <c r="D70" s="37"/>
       <c r="E70" s="37"/>
       <c r="F70" s="37"/>
     </row>
-    <row r="71" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="36"/>
       <c r="B71" s="36"/>
       <c r="C71" s="37"/>
       <c r="D71" s="37"/>
       <c r="E71" s="37"/>
       <c r="F71" s="37"/>
     </row>
-    <row r="72" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="38"/>
       <c r="B72" s="38"/>
       <c r="C72" s="37"/>
       <c r="D72" s="37"/>
       <c r="E72" s="37"/>
       <c r="F72" s="37"/>
     </row>
-    <row r="73" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="36"/>
       <c r="B73" s="36"/>
       <c r="C73" s="37"/>
       <c r="D73" s="37"/>
       <c r="E73" s="37"/>
       <c r="F73" s="37"/>
     </row>
-    <row r="74" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="38"/>
       <c r="B74" s="38"/>
       <c r="C74" s="37"/>
       <c r="D74" s="37"/>
       <c r="E74" s="37"/>
       <c r="F74" s="37"/>
     </row>
-    <row r="75" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="36"/>
       <c r="B75" s="36"/>
       <c r="C75" s="37"/>
       <c r="D75" s="37"/>
       <c r="E75" s="37"/>
       <c r="F75" s="37"/>
     </row>
-    <row r="76" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="38"/>
       <c r="B76" s="38"/>
       <c r="C76" s="37"/>
       <c r="D76" s="37"/>
       <c r="E76" s="37"/>
       <c r="F76" s="37"/>
     </row>
-    <row r="77" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="36"/>
       <c r="B77" s="36"/>
       <c r="C77" s="37"/>
       <c r="D77" s="42"/>
       <c r="E77" s="37"/>
       <c r="F77" s="37"/>
     </row>
-    <row r="78" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="38"/>
       <c r="B78" s="38"/>
       <c r="C78" s="37"/>
       <c r="D78" s="42"/>
       <c r="E78" s="42"/>
       <c r="F78" s="37"/>
     </row>
-    <row r="79" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="36"/>
       <c r="B79" s="36"/>
       <c r="C79" s="37"/>
       <c r="D79" s="37"/>
       <c r="E79" s="37"/>
       <c r="F79" s="42"/>
     </row>
-    <row r="80" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="38"/>
       <c r="B80" s="38"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="42"/>
     </row>
-    <row r="81" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="36"/>
       <c r="B81" s="36"/>
       <c r="C81" s="37"/>
       <c r="D81" s="37"/>
       <c r="E81" s="37"/>
       <c r="F81" s="37"/>
     </row>
-    <row r="82" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="38"/>
       <c r="B82" s="38"/>
       <c r="C82" s="37"/>
       <c r="D82" s="37"/>
       <c r="E82" s="37"/>
       <c r="F82" s="37"/>
     </row>
-    <row r="83" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="36"/>
       <c r="B83" s="36"/>
       <c r="C83" s="37"/>
       <c r="D83" s="37"/>
       <c r="E83" s="37"/>
       <c r="F83" s="37"/>
     </row>
-    <row r="84" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="38"/>
       <c r="B84" s="38"/>
       <c r="C84" s="37"/>
       <c r="D84" s="37"/>
       <c r="E84" s="37"/>
       <c r="F84" s="37"/>
     </row>
-    <row r="85" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="36"/>
       <c r="B85" s="36"/>
       <c r="C85" s="37"/>
       <c r="D85" s="37"/>
       <c r="E85" s="37"/>
       <c r="F85" s="37"/>
     </row>
-    <row r="86" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="38"/>
       <c r="B86" s="38"/>
       <c r="C86" s="37"/>
       <c r="D86" s="37"/>
       <c r="E86" s="37"/>
       <c r="F86" s="37"/>
     </row>
-    <row r="87" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="36"/>
       <c r="B87" s="36"/>
       <c r="C87" s="37"/>
       <c r="D87" s="37"/>
       <c r="E87" s="37"/>
       <c r="F87" s="37"/>
     </row>
-    <row r="88" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="38"/>
       <c r="B88" s="38"/>
       <c r="C88" s="37"/>
       <c r="D88" s="37"/>
       <c r="E88" s="37"/>
       <c r="F88" s="37"/>
     </row>
-    <row r="89" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="36"/>
       <c r="B89" s="36"/>
       <c r="C89" s="37"/>
       <c r="D89" s="37"/>
       <c r="E89" s="37"/>
       <c r="F89" s="37"/>
     </row>
-    <row r="90" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="38"/>
       <c r="B90" s="38"/>
       <c r="C90" s="37"/>
       <c r="D90" s="37"/>
       <c r="E90" s="37"/>
       <c r="F90" s="37"/>
     </row>
-    <row r="91" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="36"/>
       <c r="B91" s="36"/>
       <c r="C91" s="37"/>
       <c r="D91" s="37"/>
       <c r="E91" s="37"/>
       <c r="F91" s="37"/>
     </row>
-    <row r="92" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="38"/>
       <c r="B92" s="38"/>
       <c r="C92" s="37"/>
       <c r="D92" s="37"/>
       <c r="E92" s="37"/>
       <c r="F92" s="37"/>
     </row>
-    <row r="93" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="36"/>
       <c r="B93" s="36"/>
       <c r="C93" s="37"/>
       <c r="D93" s="37"/>
       <c r="E93" s="37"/>
       <c r="F93" s="37"/>
     </row>
-    <row r="94" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="38"/>
       <c r="B94" s="38"/>
       <c r="C94" s="37"/>
       <c r="D94" s="37"/>
       <c r="E94" s="37"/>
       <c r="F94" s="37"/>
     </row>
-    <row r="95" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="36"/>
       <c r="B95" s="36"/>
       <c r="C95" s="37"/>
       <c r="D95" s="37"/>
       <c r="E95" s="37"/>
       <c r="F95" s="37"/>
     </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A96" s="38"/>
       <c r="B96" s="38"/>
       <c r="C96" s="37"/>
       <c r="D96" s="37"/>
       <c r="E96" s="37"/>
       <c r="F96" s="37"/>
     </row>
-    <row r="97" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A97" s="38"/>
       <c r="B97" s="38"/>
       <c r="C97" s="43"/>
       <c r="D97" s="43"/>
       <c r="E97" s="43"/>
       <c r="F97" s="43"/>
     </row>
   </sheetData>
   <phoneticPr fontId="22" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:L66"/>
   <sheetViews>
     <sheetView topLeftCell="A37" zoomScale="76" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="C73" sqref="C73"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.28515625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.6640625" style="40" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="15.6640625" customWidth="1"/>
+    <col min="1" max="1" width="10.7109375" style="40" customWidth="1"/>
+    <col min="2" max="2" width="18.7109375" style="40" customWidth="1"/>
+    <col min="3" max="12" width="18.7109375" customWidth="1"/>
+    <col min="13" max="13" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="26.85" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:12" ht="26.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="44" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B1" s="45"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="46"/>
       <c r="I1" s="4"/>
       <c r="J1" s="47"/>
       <c r="K1" s="4"/>
       <c r="L1" s="48"/>
     </row>
-    <row r="2" spans="1:12" s="7" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:12" s="7" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="5" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B2" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="D2" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="E2" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="F2" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="E2" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G2" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="J2" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L2" s="49" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="50"/>
       <c r="B3" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="C3" s="52" t="s">
+        <v>215</v>
+      </c>
+      <c r="D3" s="53" t="s">
         <v>216</v>
       </c>
-      <c r="C3" s="52" t="s">
+      <c r="E3" s="52" t="s">
+        <v>216</v>
+      </c>
+      <c r="F3" s="53" t="s">
         <v>217</v>
       </c>
-      <c r="D3" s="53" t="s">
+      <c r="G3" s="52" t="s">
         <v>218</v>
       </c>
-      <c r="E3" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="53" t="s">
+      <c r="H3" s="54" t="s">
         <v>219</v>
       </c>
-      <c r="G3" s="52" t="s">
+      <c r="I3" s="55" t="s">
         <v>220</v>
       </c>
-      <c r="H3" s="54" t="s">
+      <c r="J3" s="53" t="s">
+        <v>220</v>
+      </c>
+      <c r="K3" s="52" t="s">
         <v>221</v>
       </c>
-      <c r="I3" s="55" t="s">
+      <c r="L3" s="52" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="56" t="s">
         <v>222</v>
       </c>
-      <c r="J3" s="53" t="s">
-[...2 lines deleted...]
-      <c r="K3" s="52" t="s">
+      <c r="B4" s="57" t="s">
         <v>223</v>
-      </c>
-[...9 lines deleted...]
-        <v>225</v>
       </c>
       <c r="C4" s="58" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="59" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E4" s="58" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F4" s="59" t="s">
         <v>154</v>
       </c>
       <c r="G4" s="58" t="s">
         <v>27</v>
       </c>
       <c r="H4" s="60" t="s">
         <v>154</v>
       </c>
       <c r="I4" s="61" t="s">
+        <v>226</v>
+      </c>
+      <c r="J4" s="59" t="s">
+        <v>227</v>
+      </c>
+      <c r="K4" s="58" t="s">
         <v>228</v>
       </c>
-      <c r="J4" s="59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L4" s="58" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="62"/>
       <c r="B5" s="63" t="s">
+        <v>229</v>
+      </c>
+      <c r="C5" s="64" t="s">
+        <v>230</v>
+      </c>
+      <c r="D5" s="65" t="s">
         <v>231</v>
       </c>
-      <c r="C5" s="64" t="s">
+      <c r="E5" s="64" t="s">
         <v>232</v>
       </c>
-      <c r="D5" s="65" t="s">
+      <c r="F5" s="65" t="s">
         <v>233</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="G5" s="64" t="s">
         <v>234</v>
       </c>
-      <c r="F5" s="65" t="s">
+      <c r="H5" s="66" t="s">
         <v>235</v>
       </c>
-      <c r="G5" s="64" t="s">
+      <c r="I5" s="67" t="s">
         <v>236</v>
       </c>
-      <c r="H5" s="66" t="s">
+      <c r="J5" s="65" t="s">
         <v>237</v>
       </c>
-      <c r="I5" s="67" t="s">
+      <c r="K5" s="64" t="s">
         <v>238</v>
       </c>
-      <c r="J5" s="65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L5" s="64" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="50"/>
       <c r="B6" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="C6" s="201" t="s">
+        <v>554</v>
+      </c>
+      <c r="D6" s="68" t="s">
         <v>216</v>
       </c>
-      <c r="C6" s="201" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="69" t="s">
+        <v>239</v>
+      </c>
+      <c r="F6" s="68" t="s">
+        <v>239</v>
+      </c>
+      <c r="G6" s="69" t="s">
+        <v>239</v>
+      </c>
+      <c r="H6" s="70" t="s">
+        <v>239</v>
+      </c>
+      <c r="I6" s="71" t="s">
+        <v>240</v>
+      </c>
+      <c r="J6" s="70" t="s">
+        <v>240</v>
+      </c>
+      <c r="K6" s="71" t="s">
+        <v>240</v>
+      </c>
+      <c r="L6" s="72" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="56" t="s">
         <v>241</v>
       </c>
-      <c r="F6" s="68" t="s">
-[...8 lines deleted...]
-      <c r="I6" s="71" t="s">
+      <c r="B7" s="57" t="s">
+        <v>223</v>
+      </c>
+      <c r="C7" s="199" t="s">
+        <v>621</v>
+      </c>
+      <c r="D7" s="59" t="s">
+        <v>224</v>
+      </c>
+      <c r="E7" s="58" t="s">
+        <v>164</v>
+      </c>
+      <c r="F7" s="59" t="s">
         <v>242</v>
       </c>
-      <c r="J6" s="70" t="s">
+      <c r="G7" s="58" t="s">
         <v>242</v>
-      </c>
-[...27 lines deleted...]
-        <v>244</v>
       </c>
       <c r="H7" s="60" t="s">
         <v>139</v>
       </c>
       <c r="I7" s="61" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="J7" s="60" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="K7" s="61" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="L7" s="73" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="74"/>
       <c r="B8" s="75" t="s">
+        <v>244</v>
+      </c>
+      <c r="C8" s="201" t="s">
+        <v>622</v>
+      </c>
+      <c r="D8" s="68" t="s">
+        <v>245</v>
+      </c>
+      <c r="E8" s="69" t="s">
         <v>246</v>
       </c>
-      <c r="C8" s="201" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="68" t="s">
+      <c r="F8" s="68" t="s">
         <v>247</v>
       </c>
-      <c r="E8" s="69" t="s">
+      <c r="G8" s="69" t="s">
+        <v>247</v>
+      </c>
+      <c r="H8" s="70" t="s">
         <v>248</v>
       </c>
-      <c r="F8" s="68" t="s">
+      <c r="I8" s="71" t="s">
         <v>249</v>
       </c>
-      <c r="G8" s="69" t="s">
+      <c r="J8" s="70" t="s">
         <v>249</v>
       </c>
-      <c r="H8" s="70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K8" s="71" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="L8" s="72" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="50"/>
       <c r="B9" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="C9" s="195" t="s">
+        <v>214</v>
+      </c>
+      <c r="D9" s="51" t="s">
+        <v>250</v>
+      </c>
+      <c r="E9" s="270" t="s">
+        <v>544</v>
+      </c>
+      <c r="F9" s="53" t="s">
+        <v>239</v>
+      </c>
+      <c r="G9" s="52" t="s">
         <v>216</v>
       </c>
-      <c r="C9" s="195" t="s">
+      <c r="H9" s="52" t="s">
         <v>216</v>
       </c>
-      <c r="D9" s="51" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I9" s="55" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J9" s="54" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="K9" s="55" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="L9" s="76" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="56" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="57" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C10" s="196" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="59" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="268" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="F10" s="59" t="s">
+        <v>251</v>
+      </c>
+      <c r="G10" s="58" t="s">
+        <v>252</v>
+      </c>
+      <c r="H10" s="58" t="s">
+        <v>252</v>
+      </c>
+      <c r="I10" s="61" t="s">
         <v>253</v>
-      </c>
-[...7 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J10" s="60" t="s">
         <v>110</v>
       </c>
       <c r="K10" s="61" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="L10" s="73" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="62"/>
       <c r="B11" s="63" t="s">
+        <v>255</v>
+      </c>
+      <c r="C11" s="197" t="s">
+        <v>256</v>
+      </c>
+      <c r="D11" s="65" t="s">
         <v>257</v>
       </c>
-      <c r="C11" s="197" t="s">
+      <c r="E11" s="269" t="s">
+        <v>641</v>
+      </c>
+      <c r="F11" s="65" t="s">
         <v>258</v>
       </c>
-      <c r="D11" s="65" t="s">
+      <c r="G11" s="64" t="s">
         <v>259</v>
       </c>
-      <c r="E11" s="269" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="65" t="s">
+      <c r="H11" s="64" t="s">
+        <v>259</v>
+      </c>
+      <c r="I11" s="67" t="s">
         <v>260</v>
       </c>
-      <c r="G11" s="64" t="s">
+      <c r="J11" s="66" t="s">
         <v>261</v>
       </c>
-      <c r="H11" s="64" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="67" t="s">
+      <c r="K11" s="67" t="s">
         <v>262</v>
       </c>
-      <c r="J11" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L11" s="77" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="50"/>
       <c r="B12" s="51" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C12" s="195" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D12" s="281" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="E12" s="52" t="s">
+        <v>263</v>
+      </c>
+      <c r="F12" s="53" t="s">
+        <v>264</v>
+      </c>
+      <c r="G12" s="198" t="s">
+        <v>264</v>
+      </c>
+      <c r="H12" s="54" t="s">
+        <v>263</v>
+      </c>
+      <c r="I12" s="55" t="s">
+        <v>263</v>
+      </c>
+      <c r="J12" s="54" t="s">
+        <v>263</v>
+      </c>
+      <c r="K12" s="55" t="s">
+        <v>263</v>
+      </c>
+      <c r="L12" s="76" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="56" t="s">
         <v>265</v>
       </c>
-      <c r="F12" s="53" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="B13" s="57" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C13" s="196" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="199" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="E13" s="58" t="s">
         <v>94</v>
       </c>
       <c r="F13" s="59" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="G13" s="196" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="H13" s="60" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I13" s="61" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J13" s="60" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="K13" s="61" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L13" s="73" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="62"/>
       <c r="B14" s="63" t="s">
+        <v>268</v>
+      </c>
+      <c r="C14" s="197" t="s">
+        <v>269</v>
+      </c>
+      <c r="D14" s="200" t="s">
+        <v>626</v>
+      </c>
+      <c r="E14" s="64" t="s">
         <v>270</v>
       </c>
-      <c r="C14" s="197" t="s">
+      <c r="F14" s="65" t="s">
         <v>271</v>
       </c>
-      <c r="D14" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="64" t="s">
+      <c r="G14" s="197" t="s">
         <v>272</v>
       </c>
-      <c r="F14" s="65" t="s">
+      <c r="H14" s="66" t="s">
         <v>273</v>
       </c>
-      <c r="G14" s="197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I14" s="67" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="J14" s="66" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="K14" s="67" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="L14" s="77" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="50"/>
       <c r="B15" s="227" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="C15" s="230" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D15" s="227" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E15" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F15" s="68" t="s">
+        <v>217</v>
+      </c>
+      <c r="G15" s="69" t="s">
+        <v>274</v>
+      </c>
+      <c r="H15" s="78" t="s">
         <v>219</v>
       </c>
-      <c r="G15" s="69" t="s">
+      <c r="I15" s="79" t="s">
+        <v>219</v>
+      </c>
+      <c r="J15" s="78" t="s">
+        <v>219</v>
+      </c>
+      <c r="K15" s="80" t="s">
+        <v>219</v>
+      </c>
+      <c r="L15" s="81" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="56" t="s">
+        <v>275</v>
+      </c>
+      <c r="B16" s="228" t="s">
+        <v>549</v>
+      </c>
+      <c r="C16" s="231" t="s">
         <v>276</v>
-      </c>
-[...24 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D16" s="228" t="s">
         <v>96</v>
       </c>
       <c r="E16" s="58" t="s">
+        <v>277</v>
+      </c>
+      <c r="F16" s="59" t="s">
+        <v>278</v>
+      </c>
+      <c r="G16" s="58" t="s">
         <v>279</v>
       </c>
-      <c r="F16" s="59" t="s">
+      <c r="H16" s="59" t="s">
         <v>280</v>
       </c>
-      <c r="G16" s="58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I16" s="58" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="J16" s="59" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="K16" s="61" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="L16" s="73" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="62"/>
       <c r="B17" s="227" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="C17" s="232" t="s">
+        <v>281</v>
+      </c>
+      <c r="D17" s="227" t="s">
+        <v>282</v>
+      </c>
+      <c r="E17" s="64" t="s">
         <v>283</v>
       </c>
-      <c r="D17" s="227" t="s">
+      <c r="F17" s="68" t="s">
         <v>284</v>
       </c>
-      <c r="E17" s="64" t="s">
+      <c r="G17" s="64" t="s">
         <v>285</v>
       </c>
-      <c r="F17" s="68" t="s">
+      <c r="H17" s="68" t="s">
         <v>286</v>
       </c>
-      <c r="G17" s="64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I17" s="69" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="J17" s="68" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="K17" s="71" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="L17" s="82" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="50"/>
       <c r="B18" s="51"/>
       <c r="C18" s="230" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D18" s="233" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E18" s="52" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>239</v>
+      </c>
+      <c r="F18" s="292" t="s">
+        <v>551</v>
       </c>
       <c r="G18" s="52" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="H18" s="54" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I18" s="55" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J18" s="54" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="K18" s="55" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="L18" s="76" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="56" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="75"/>
       <c r="C19" s="231" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D19" s="228" t="s">
         <v>162</v>
       </c>
       <c r="E19" s="58" t="s">
+        <v>288</v>
+      </c>
+      <c r="F19" s="293" t="s">
+        <v>601</v>
+      </c>
+      <c r="G19" s="58" t="s">
         <v>290</v>
       </c>
-      <c r="F19" s="297" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H19" s="60" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="I19" s="61" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J19" s="60" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="K19" s="61" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="L19" s="73" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="62"/>
       <c r="B20" s="63"/>
       <c r="C20" s="232" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="D20" s="229" t="s">
+        <v>292</v>
+      </c>
+      <c r="E20" s="64" t="s">
+        <v>293</v>
+      </c>
+      <c r="F20" s="294" t="s">
+        <v>602</v>
+      </c>
+      <c r="G20" s="64" t="s">
         <v>294</v>
       </c>
-      <c r="E20" s="64" t="s">
+      <c r="H20" s="66" t="s">
         <v>295</v>
       </c>
-      <c r="F20" s="298" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="64" t="s">
+      <c r="I20" s="67" t="s">
         <v>296</v>
       </c>
-      <c r="H20" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J20" s="66" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="K20" s="67" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="L20" s="77" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="50"/>
       <c r="B21" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="C21" s="234" t="s">
+        <v>215</v>
+      </c>
+      <c r="D21" s="233" t="s">
+        <v>544</v>
+      </c>
+      <c r="E21" s="270" t="s">
+        <v>544</v>
+      </c>
+      <c r="F21" s="53" t="s">
         <v>216</v>
       </c>
-      <c r="C21" s="234" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G21" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H21" s="55" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I21" s="55" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J21" s="54" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="K21" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L21" s="83" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="56" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="57" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C22" s="235" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="228" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="E22" s="268" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="F22" s="85">
         <v>43275</v>
       </c>
       <c r="G22" s="58" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="H22" s="61" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="I22" s="61" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="J22" s="60" t="s">
         <v>119</v>
       </c>
       <c r="K22" s="58" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="L22" s="86" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="62"/>
       <c r="B23" s="87" t="s">
+        <v>302</v>
+      </c>
+      <c r="C23" s="236" t="s">
+        <v>303</v>
+      </c>
+      <c r="D23" s="229" t="s">
+        <v>546</v>
+      </c>
+      <c r="E23" s="269" t="s">
+        <v>607</v>
+      </c>
+      <c r="F23" s="65" t="s">
         <v>304</v>
       </c>
-      <c r="C23" s="236" t="s">
+      <c r="G23" s="64" t="s">
         <v>305</v>
       </c>
-      <c r="D23" s="229" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="65" t="s">
+      <c r="H23" s="67" t="s">
         <v>306</v>
       </c>
-      <c r="G23" s="64" t="s">
+      <c r="I23" s="67" t="s">
+        <v>306</v>
+      </c>
+      <c r="J23" s="66" t="s">
         <v>307</v>
       </c>
-      <c r="H23" s="67" t="s">
+      <c r="K23" s="65" t="s">
         <v>308</v>
       </c>
-      <c r="I23" s="67" t="s">
+      <c r="L23" s="88" t="s">
         <v>308</v>
       </c>
-      <c r="J23" s="66" t="s">
-[...9 lines deleted...]
-    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="50"/>
       <c r="B24" s="68"/>
       <c r="C24" s="237"/>
       <c r="D24" s="233" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="E24" s="52" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="F24" s="53" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="G24" s="52" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="H24" s="53" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="I24" s="52" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J24" s="54" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="K24" s="54" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="L24" s="76" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="56" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B25" s="59"/>
       <c r="C25" s="231"/>
       <c r="D25" s="228" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="E25" s="58" t="s">
         <v>7</v>
       </c>
       <c r="F25" s="59" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G25" s="58" t="s">
         <v>84</v>
       </c>
       <c r="H25" s="59" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="I25" s="58" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="J25" s="60" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="K25" s="60" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="L25" s="73" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="62"/>
       <c r="B26" s="68"/>
       <c r="C26" s="237"/>
       <c r="D26" s="229" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="E26" s="64" t="s">
+        <v>312</v>
+      </c>
+      <c r="F26" s="65" t="s">
+        <v>313</v>
+      </c>
+      <c r="G26" s="64" t="s">
         <v>314</v>
       </c>
-      <c r="F26" s="65" t="s">
+      <c r="H26" s="65" t="s">
         <v>315</v>
       </c>
-      <c r="G26" s="64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I26" s="64" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="J26" s="66" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="K26" s="66" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="L26" s="77" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="50"/>
       <c r="B27" s="51"/>
       <c r="C27" s="52"/>
       <c r="D27" s="68" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E27" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F27" s="53" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="G27" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H27" s="55" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I27" s="52" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J27" s="54" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="K27" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L27" s="52" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="56" t="s">
         <v>117</v>
       </c>
       <c r="B28" s="57"/>
       <c r="C28" s="58"/>
       <c r="D28" s="59" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E28" s="58" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F28" s="59" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="G28" s="58" t="s">
+        <v>316</v>
+      </c>
+      <c r="H28" s="61" t="s">
+        <v>300</v>
+      </c>
+      <c r="I28" s="58" t="s">
+        <v>317</v>
+      </c>
+      <c r="J28" s="60" t="s">
+        <v>317</v>
+      </c>
+      <c r="K28" s="58" t="s">
         <v>318</v>
       </c>
-      <c r="H28" s="61" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L28" s="58" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="62"/>
       <c r="B29" s="63"/>
       <c r="C29" s="64"/>
       <c r="D29" s="68" t="s">
+        <v>319</v>
+      </c>
+      <c r="E29" s="64" t="s">
+        <v>320</v>
+      </c>
+      <c r="F29" s="65" t="s">
         <v>321</v>
       </c>
-      <c r="E29" s="64" t="s">
+      <c r="G29" s="64" t="s">
         <v>322</v>
       </c>
-      <c r="F29" s="65" t="s">
+      <c r="H29" s="67" t="s">
         <v>323</v>
       </c>
-      <c r="G29" s="64" t="s">
+      <c r="I29" s="64" t="s">
         <v>324</v>
       </c>
-      <c r="H29" s="67" t="s">
+      <c r="J29" s="66" t="s">
+        <v>324</v>
+      </c>
+      <c r="K29" s="64" t="s">
         <v>325</v>
       </c>
-      <c r="I29" s="64" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L29" s="64" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="50"/>
       <c r="B30" s="51"/>
       <c r="C30" s="52"/>
       <c r="D30" s="53"/>
       <c r="E30" s="52" t="s">
+        <v>217</v>
+      </c>
+      <c r="F30" s="53" t="s">
+        <v>217</v>
+      </c>
+      <c r="G30" s="52" t="s">
+        <v>326</v>
+      </c>
+      <c r="H30" s="53" t="s">
         <v>219</v>
       </c>
-      <c r="F30" s="53" t="s">
+      <c r="I30" s="52" t="s">
         <v>219</v>
       </c>
-      <c r="G30" s="52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J30" s="54" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="K30" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L30" s="52" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="56" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B31" s="57"/>
       <c r="C31" s="58"/>
       <c r="D31" s="59"/>
       <c r="E31" s="58" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="F31" s="59" t="s">
         <v>154</v>
       </c>
       <c r="G31" s="58" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="H31" s="59" t="s">
         <v>154</v>
       </c>
       <c r="I31" s="58" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="J31" s="60" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="K31" s="58" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="L31" s="58" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="62"/>
       <c r="B32" s="63"/>
       <c r="C32" s="64"/>
       <c r="D32" s="65"/>
       <c r="E32" s="64" t="s">
+        <v>331</v>
+      </c>
+      <c r="F32" s="65" t="s">
+        <v>332</v>
+      </c>
+      <c r="G32" s="64" t="s">
         <v>333</v>
       </c>
-      <c r="F32" s="65" t="s">
+      <c r="H32" s="65" t="s">
         <v>334</v>
       </c>
-      <c r="G32" s="64" t="s">
+      <c r="I32" s="64" t="s">
         <v>335</v>
       </c>
-      <c r="H32" s="65" t="s">
+      <c r="J32" s="66" t="s">
+        <v>335</v>
+      </c>
+      <c r="K32" s="64" t="s">
         <v>336</v>
       </c>
-      <c r="I32" s="64" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L32" s="64" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="12"/>
       <c r="B33" s="51"/>
       <c r="C33" s="195" t="s">
-        <v>216</v>
-[...8 lines deleted...]
-        <v>553</v>
+        <v>214</v>
+      </c>
+      <c r="D33" s="299" t="s">
+        <v>544</v>
+      </c>
+      <c r="E33" s="300" t="s">
+        <v>287</v>
+      </c>
+      <c r="F33" s="292" t="s">
+        <v>551</v>
       </c>
       <c r="G33" s="52" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="H33" s="53" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I33" s="52" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J33" s="54" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="K33" s="52" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="L33" s="83" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>137</v>
       </c>
       <c r="B34" s="57"/>
       <c r="C34" s="196" t="s">
         <v>45</v>
       </c>
-      <c r="D34" s="297" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="305" t="s">
+      <c r="D34" s="293" t="s">
+        <v>587</v>
+      </c>
+      <c r="E34" s="301" t="s">
         <v>94</v>
       </c>
-      <c r="F34" s="297" t="s">
-        <v>602</v>
+      <c r="F34" s="293" t="s">
+        <v>600</v>
       </c>
       <c r="G34" s="58" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="H34" s="59" t="s">
         <v>10</v>
       </c>
       <c r="I34" s="58" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J34" s="60" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="K34" s="58" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="L34" s="86" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="89"/>
       <c r="B35" s="63"/>
       <c r="C35" s="197" t="s">
+        <v>338</v>
+      </c>
+      <c r="D35" s="302" t="s">
+        <v>591</v>
+      </c>
+      <c r="E35" s="303" t="s">
+        <v>339</v>
+      </c>
+      <c r="F35" s="294" t="s">
+        <v>599</v>
+      </c>
+      <c r="G35" s="64" t="s">
         <v>340</v>
       </c>
-      <c r="D35" s="306" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="307" t="s">
+      <c r="H35" s="65" t="s">
         <v>341</v>
       </c>
-      <c r="F35" s="298" t="s">
-[...2 lines deleted...]
-      <c r="G35" s="64" t="s">
+      <c r="I35" s="64" t="s">
         <v>342</v>
       </c>
-      <c r="H35" s="65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J35" s="66" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="K35" s="64" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="L35" s="88" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="90"/>
       <c r="B36" s="51"/>
       <c r="C36" s="69"/>
       <c r="D36" s="233" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="E36" s="52" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F36" s="53" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G36" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H36" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I36" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J36" s="53" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="K36" s="53" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L36" s="53" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="12" t="s">
         <v>149</v>
       </c>
       <c r="B37" s="57"/>
       <c r="C37" s="58"/>
       <c r="D37" s="228" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="E37" s="58" t="s">
+        <v>344</v>
+      </c>
+      <c r="F37" s="59" t="s">
+        <v>289</v>
+      </c>
+      <c r="G37" s="58" t="s">
+        <v>345</v>
+      </c>
+      <c r="H37" s="58" t="s">
+        <v>345</v>
+      </c>
+      <c r="I37" s="58" t="s">
+        <v>345</v>
+      </c>
+      <c r="J37" s="59" t="s">
         <v>346</v>
       </c>
-      <c r="F37" s="59" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="58" t="s">
+      <c r="K37" s="59" t="s">
         <v>347</v>
       </c>
-      <c r="H37" s="58" t="s">
+      <c r="L37" s="59" t="s">
         <v>347</v>
       </c>
-      <c r="I37" s="58" t="s">
-[...12 lines deleted...]
-    <row r="38" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="38" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="91"/>
       <c r="B38" s="63"/>
       <c r="C38" s="69"/>
       <c r="D38" s="229" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="E38" s="64" t="s">
+        <v>348</v>
+      </c>
+      <c r="F38" s="65" t="s">
+        <v>349</v>
+      </c>
+      <c r="G38" s="64" t="s">
         <v>350</v>
       </c>
-      <c r="F38" s="65" t="s">
+      <c r="H38" s="64" t="s">
+        <v>350</v>
+      </c>
+      <c r="I38" s="64" t="s">
+        <v>350</v>
+      </c>
+      <c r="J38" s="65" t="s">
         <v>351</v>
       </c>
-      <c r="G38" s="64" t="s">
+      <c r="K38" s="65" t="s">
         <v>352</v>
       </c>
-      <c r="H38" s="64" t="s">
+      <c r="L38" s="65" t="s">
         <v>352</v>
       </c>
-      <c r="I38" s="64" t="s">
-[...12 lines deleted...]
-    <row r="39" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="39" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="50"/>
       <c r="B39" s="51"/>
       <c r="C39" s="52"/>
       <c r="D39" s="233" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E39" s="52" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F39" s="68" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="G39" s="52" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="H39" s="54" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="I39" s="55" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J39" s="54" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="K39" s="55" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="L39" s="76" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="56" t="s">
         <v>161</v>
       </c>
       <c r="B40" s="57"/>
       <c r="C40" s="58"/>
       <c r="D40" s="228" t="s">
         <v>162</v>
       </c>
       <c r="E40" s="58" t="s">
         <v>162</v>
       </c>
       <c r="F40" s="86" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G40" s="58" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="H40" s="60" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I40" s="61" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J40" s="60" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="K40" s="61" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L40" s="73" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="62"/>
       <c r="B41" s="63"/>
       <c r="C41" s="64"/>
       <c r="D41" s="229" t="s">
+        <v>356</v>
+      </c>
+      <c r="E41" s="64" t="s">
+        <v>356</v>
+      </c>
+      <c r="F41" s="65" t="s">
+        <v>357</v>
+      </c>
+      <c r="G41" s="69" t="s">
         <v>358</v>
       </c>
-      <c r="E41" s="64" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="65" t="s">
+      <c r="H41" s="66" t="s">
         <v>359</v>
       </c>
-      <c r="G41" s="69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I41" s="67" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="J41" s="66" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="K41" s="67" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="L41" s="77" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="50"/>
       <c r="B42" s="51"/>
       <c r="C42" s="52"/>
       <c r="D42" s="238"/>
       <c r="E42" s="92" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F42" s="54" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G42" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H42" s="55" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I42" s="55" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J42" s="52" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="K42" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L42" s="52" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="56" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B43" s="57"/>
       <c r="C43" s="58"/>
       <c r="D43" s="239"/>
       <c r="E43" s="93" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F43" s="60" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="G43" s="58" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="61" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="I43" s="61" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="J43" s="58" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="K43" s="58" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="L43" s="58" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="62"/>
       <c r="B44" s="63"/>
       <c r="C44" s="64"/>
       <c r="D44" s="240"/>
       <c r="E44" s="94" t="s">
+        <v>361</v>
+      </c>
+      <c r="F44" s="66" t="s">
+        <v>361</v>
+      </c>
+      <c r="G44" s="69" t="s">
+        <v>362</v>
+      </c>
+      <c r="H44" s="71" t="s">
         <v>363</v>
       </c>
-      <c r="F44" s="66" t="s">
+      <c r="I44" s="67" t="s">
         <v>363</v>
       </c>
-      <c r="G44" s="69" t="s">
+      <c r="J44" s="64" t="s">
+        <v>363</v>
+      </c>
+      <c r="K44" s="64" t="s">
         <v>364</v>
       </c>
-      <c r="H44" s="71" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L44" s="64" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="8"/>
       <c r="B45" s="51"/>
       <c r="C45" s="52"/>
       <c r="D45" s="233" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="E45" s="52" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F45" s="53" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G45" s="270" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="H45" s="52" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I45" s="83" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J45" s="95" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="K45" s="95" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L45" s="95" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B46" s="57"/>
       <c r="C46" s="58"/>
       <c r="D46" s="228" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E46" s="96" t="s">
+        <v>366</v>
+      </c>
+      <c r="F46" s="59" t="s">
+        <v>266</v>
+      </c>
+      <c r="G46" s="268" t="s">
+        <v>649</v>
+      </c>
+      <c r="H46" s="58" t="s">
         <v>368</v>
       </c>
-      <c r="F46" s="59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I46" s="86" t="s">
+        <v>367</v>
+      </c>
+      <c r="J46" s="97" t="s">
+        <v>355</v>
+      </c>
+      <c r="K46" s="58" t="s">
         <v>369</v>
       </c>
-      <c r="J46" s="97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L46" s="58" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="16"/>
       <c r="B47" s="63"/>
       <c r="C47" s="64"/>
       <c r="D47" s="229" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="E47" s="64" t="s">
+        <v>370</v>
+      </c>
+      <c r="F47" s="65" t="s">
+        <v>371</v>
+      </c>
+      <c r="G47" s="269" t="s">
+        <v>650</v>
+      </c>
+      <c r="H47" s="64" t="s">
         <v>372</v>
       </c>
-      <c r="F47" s="65" t="s">
+      <c r="I47" s="88" t="s">
         <v>373</v>
       </c>
-      <c r="G47" s="269" t="s">
-[...2 lines deleted...]
-      <c r="H47" s="64" t="s">
+      <c r="J47" s="98" t="s">
         <v>374</v>
       </c>
-      <c r="I47" s="88" t="s">
+      <c r="K47" s="98" t="s">
         <v>375</v>
       </c>
-      <c r="J47" s="98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L47" s="98" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="12"/>
       <c r="B48" s="75"/>
       <c r="C48" s="69"/>
       <c r="D48" s="68"/>
       <c r="E48" s="69" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>215</v>
+      </c>
+      <c r="F48" s="292" t="s">
+        <v>551</v>
       </c>
       <c r="G48" s="270" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="H48" s="270" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="I48" s="270" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="J48" s="99" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="K48" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L48" s="52" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B49" s="57"/>
       <c r="C49" s="58"/>
       <c r="D49" s="59"/>
       <c r="E49" s="58" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>366</v>
+      </c>
+      <c r="F49" s="293" t="s">
+        <v>603</v>
       </c>
       <c r="G49" s="268" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="H49" s="268" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="I49" s="268" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="J49" s="97" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="K49" s="58" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="L49" s="58" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="91"/>
       <c r="B50" s="75"/>
       <c r="C50" s="69"/>
       <c r="D50" s="68"/>
       <c r="E50" s="69" t="s">
+        <v>378</v>
+      </c>
+      <c r="F50" s="294" t="s">
+        <v>604</v>
+      </c>
+      <c r="G50" s="269" t="s">
+        <v>648</v>
+      </c>
+      <c r="H50" s="269" t="s">
+        <v>651</v>
+      </c>
+      <c r="I50" s="269" t="s">
+        <v>651</v>
+      </c>
+      <c r="J50" s="100" t="s">
+        <v>379</v>
+      </c>
+      <c r="K50" s="64" t="s">
         <v>380</v>
       </c>
-      <c r="F50" s="298" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L50" s="64" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="8"/>
       <c r="B51" s="51"/>
       <c r="C51" s="52"/>
       <c r="D51" s="53"/>
       <c r="E51" s="92" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F51" s="290" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G51" s="270" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="H51" s="289" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="I51" s="55" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J51" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="K51" s="92" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L51" s="92" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="12" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B52" s="57"/>
       <c r="C52" s="58"/>
       <c r="D52" s="59"/>
       <c r="E52" s="93" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F52" s="101" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G52" s="268" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="H52" s="59" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="I52" s="61" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="J52" s="97" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="K52" s="102" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="L52" s="102" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="16"/>
       <c r="B53" s="63"/>
       <c r="C53" s="64"/>
       <c r="D53" s="65"/>
       <c r="E53" s="94" t="s">
+        <v>384</v>
+      </c>
+      <c r="F53" s="291" t="s">
+        <v>385</v>
+      </c>
+      <c r="G53" s="269" t="s">
+        <v>645</v>
+      </c>
+      <c r="H53" s="65" t="s">
         <v>386</v>
       </c>
-      <c r="F53" s="291" t="s">
+      <c r="I53" s="67" t="s">
         <v>387</v>
       </c>
-      <c r="G53" s="269" t="s">
-[...2 lines deleted...]
-      <c r="H53" s="65" t="s">
+      <c r="J53" s="64" t="s">
         <v>388</v>
       </c>
-      <c r="I53" s="67" t="s">
+      <c r="K53" s="94" t="s">
         <v>389</v>
       </c>
-      <c r="J53" s="64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L53" s="94" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="103"/>
       <c r="B54" s="75"/>
       <c r="C54" s="69"/>
       <c r="D54" s="68"/>
       <c r="E54" s="69" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F54" s="68" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="G54" s="71" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="H54" s="68" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I54" s="69" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="J54" s="68" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="K54" s="69" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="L54" s="104" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B55" s="57"/>
       <c r="C55" s="58"/>
       <c r="D55" s="59"/>
       <c r="E55" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F55" s="59" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G55" s="61" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H55" s="59" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I55" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J55" s="59" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="K55" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="L55" s="86" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="91"/>
       <c r="B56" s="75"/>
       <c r="C56" s="69"/>
       <c r="D56" s="68"/>
       <c r="E56" s="69" t="s">
+        <v>392</v>
+      </c>
+      <c r="F56" s="68" t="s">
+        <v>392</v>
+      </c>
+      <c r="G56" s="71" t="s">
+        <v>393</v>
+      </c>
+      <c r="H56" s="68" t="s">
         <v>394</v>
       </c>
-      <c r="F56" s="68" t="s">
+      <c r="I56" s="69" t="s">
         <v>394</v>
       </c>
-      <c r="G56" s="71" t="s">
+      <c r="J56" s="68" t="s">
         <v>395</v>
       </c>
-      <c r="H56" s="68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K56" s="69" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="L56" s="104" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="32"/>
       <c r="B57" s="51"/>
       <c r="C57" s="52"/>
       <c r="D57" s="53"/>
       <c r="E57" s="52" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F57" s="53" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="G57" s="52" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H57" s="53" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I57" s="52" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="J57" s="53" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="K57" s="52" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="L57" s="83" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" x14ac:dyDescent="0.3">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A58" s="12" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B58" s="57"/>
       <c r="C58" s="58"/>
       <c r="D58" s="59"/>
       <c r="E58" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F58" s="59" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G58" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="H58" s="59" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I58" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J58" s="59" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="K58" s="58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="L58" s="86" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" x14ac:dyDescent="0.3">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A59" s="16"/>
       <c r="B59" s="63"/>
       <c r="C59" s="64"/>
       <c r="D59" s="65"/>
       <c r="E59" s="64" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="F59" s="65" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G59" s="64" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="H59" s="65" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="I59" s="64" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="J59" s="65" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="K59" s="64" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="L59" s="88" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="105"/>
       <c r="B60" s="75"/>
       <c r="C60" s="69"/>
       <c r="D60" s="106" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="E60" s="69" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F60" s="68" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="G60" s="69" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="H60" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="I60" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J60" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="K60" s="52" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L60" s="52" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="107" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B61" s="57"/>
       <c r="C61" s="58"/>
       <c r="D61" s="108" t="s">
+        <v>400</v>
+      </c>
+      <c r="E61" s="58" t="s">
+        <v>401</v>
+      </c>
+      <c r="F61" s="59" t="s">
+        <v>401</v>
+      </c>
+      <c r="G61" s="58" t="s">
+        <v>203</v>
+      </c>
+      <c r="H61" s="58" t="s">
+        <v>204</v>
+      </c>
+      <c r="I61" s="58" t="s">
+        <v>204</v>
+      </c>
+      <c r="J61" s="58" t="s">
+        <v>204</v>
+      </c>
+      <c r="K61" s="58" t="s">
         <v>402</v>
       </c>
-      <c r="E61" s="58" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L61" s="58" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="109"/>
       <c r="B62" s="63"/>
       <c r="C62" s="64"/>
       <c r="D62" s="110" t="s">
+        <v>403</v>
+      </c>
+      <c r="E62" s="64" t="s">
+        <v>404</v>
+      </c>
+      <c r="F62" s="65" t="s">
         <v>405</v>
       </c>
-      <c r="E62" s="64" t="s">
+      <c r="G62" s="64" t="s">
         <v>406</v>
       </c>
-      <c r="F62" s="65" t="s">
+      <c r="H62" s="64" t="s">
         <v>407</v>
       </c>
-      <c r="G62" s="64" t="s">
+      <c r="I62" s="64" t="s">
+        <v>407</v>
+      </c>
+      <c r="J62" s="64" t="s">
+        <v>407</v>
+      </c>
+      <c r="K62" s="64" t="s">
         <v>408</v>
       </c>
-      <c r="H62" s="64" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L62" s="64" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A63"/>
       <c r="B63"/>
     </row>
-    <row r="64" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="111" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B64"/>
     </row>
-    <row r="65" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="39" t="s">
+        <v>209</v>
+      </c>
+      <c r="B65"/>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A66" s="41" t="s">
+        <v>210</v>
+      </c>
+      <c r="B66" s="41" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="22" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:M50"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="20.6640625" style="112" customWidth="1"/>
-    <col min="8" max="8" width="20.6640625" customWidth="1"/>
+    <col min="1" max="7" width="20.7109375" style="112" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="113"/>
       <c r="B1" s="114" t="s">
+        <v>410</v>
+      </c>
+      <c r="C1" s="114" t="s">
+        <v>411</v>
+      </c>
+      <c r="D1" s="114" t="s">
         <v>412</v>
       </c>
-      <c r="C1" s="114" t="s">
+      <c r="E1" s="114" t="s">
         <v>413</v>
       </c>
-      <c r="D1" s="114" t="s">
+      <c r="F1" s="114" t="s">
         <v>414</v>
       </c>
-      <c r="E1" s="114" t="s">
+      <c r="G1" s="114" t="s">
         <v>415</v>
       </c>
-      <c r="F1" s="114" t="s">
+      <c r="H1" s="114" t="s">
         <v>416</v>
       </c>
-      <c r="G1" s="114" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="115"/>
       <c r="B2" s="116"/>
       <c r="C2" s="116"/>
       <c r="D2" s="116"/>
       <c r="E2" s="116"/>
       <c r="F2" s="116"/>
       <c r="G2" s="116"/>
       <c r="H2" s="116" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="117"/>
       <c r="B3" s="247" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C3" s="118"/>
       <c r="D3" s="206" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="E3" s="226" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F3" s="118"/>
       <c r="G3" s="204" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="H3" s="120"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="84" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="235" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C4" s="84"/>
       <c r="D4" s="284" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="E4" s="205" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="F4" s="117"/>
       <c r="G4" s="205" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="H4" s="120"/>
     </row>
-    <row r="5" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="122"/>
       <c r="B5" s="248" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="C5" s="123"/>
       <c r="D5" s="285" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="E5" s="215" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="F5" s="122"/>
       <c r="G5" s="271" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="H5" s="126"/>
     </row>
-    <row r="6" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="127"/>
       <c r="B6" s="249"/>
       <c r="C6" s="128"/>
       <c r="D6" s="129"/>
       <c r="E6" s="226" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>594</v>
+      </c>
+      <c r="F6" s="313" t="s">
+        <v>564</v>
       </c>
       <c r="G6" s="204" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="H6" s="274" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="133" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B7" s="235"/>
       <c r="C7" s="117"/>
       <c r="D7" s="117"/>
       <c r="E7" s="205" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>627</v>
+      </c>
+      <c r="F7" s="314" t="s">
+        <v>587</v>
       </c>
       <c r="G7" s="205" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="H7" s="210" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="134"/>
       <c r="B8" s="248"/>
       <c r="C8" s="122"/>
       <c r="D8" s="122"/>
       <c r="E8" s="215" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>639</v>
+      </c>
+      <c r="F8" s="315" t="s">
+        <v>592</v>
       </c>
       <c r="G8" s="271" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="H8" s="211" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="135"/>
       <c r="B9" s="247" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C9" s="206" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D9" s="136" t="s">
+        <v>418</v>
+      </c>
+      <c r="E9" s="136" t="s">
+        <v>419</v>
+      </c>
+      <c r="F9" s="251" t="s">
+        <v>564</v>
+      </c>
+      <c r="G9" s="272" t="s">
+        <v>564</v>
+      </c>
+      <c r="H9" s="254" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="133" t="s">
         <v>420</v>
       </c>
-      <c r="E9" s="136" t="s">
+      <c r="B10" s="235" t="s">
+        <v>545</v>
+      </c>
+      <c r="C10" s="207" t="s">
+        <v>627</v>
+      </c>
+      <c r="D10" s="84" t="s">
         <v>421</v>
       </c>
-      <c r="F9" s="251" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="E10" s="84" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="F10" s="252" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="G10" s="273" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="H10" s="255" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="134"/>
       <c r="B11" s="248" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C11" s="208" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="D11" s="137" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="E11" s="137" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F11" s="253" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="G11" s="271" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="H11" s="256" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="135"/>
-      <c r="B12" s="308" t="s">
-        <v>573</v>
+      <c r="B12" s="304" t="s">
+        <v>571</v>
       </c>
       <c r="C12" s="206" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D12" s="136" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="E12" s="226" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="F12" s="212"/>
       <c r="G12" s="204" t="s">
-        <v>566</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+        <v>564</v>
+      </c>
+      <c r="H12" s="307" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="133" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>424</v>
+      </c>
+      <c r="B13" s="305" t="s">
+        <v>587</v>
       </c>
       <c r="C13" s="207" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D13" s="84" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="E13" s="205" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="F13" s="213"/>
       <c r="G13" s="205" t="s">
-        <v>629</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+        <v>627</v>
+      </c>
+      <c r="H13" s="308" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="127"/>
-      <c r="B14" s="310">
+      <c r="B14" s="306">
         <v>36.54</v>
       </c>
       <c r="C14" s="208" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="D14" s="137" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="E14" s="215" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="F14" s="214"/>
       <c r="G14" s="271" t="s">
-        <v>639</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+        <v>637</v>
+      </c>
+      <c r="H14" s="309" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="130"/>
       <c r="B15" s="130"/>
       <c r="C15" s="130"/>
       <c r="D15" s="140"/>
       <c r="E15" s="129"/>
       <c r="F15" s="130"/>
       <c r="G15" s="131"/>
       <c r="H15" s="132"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="84" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B16" s="119"/>
       <c r="C16" s="117"/>
       <c r="D16" s="121"/>
       <c r="E16" s="121"/>
       <c r="F16" s="117"/>
       <c r="G16" s="119"/>
       <c r="H16" s="120"/>
     </row>
-    <row r="17" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="122"/>
       <c r="B17" s="126"/>
       <c r="C17" s="122"/>
       <c r="D17" s="124"/>
       <c r="E17" s="124"/>
       <c r="F17" s="122"/>
       <c r="G17" s="125"/>
       <c r="H17" s="126"/>
     </row>
-    <row r="18" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="128"/>
       <c r="B18" s="29" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="130"/>
       <c r="D18" s="206" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="E18" s="141" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>427</v>
+      </c>
+      <c r="F18" s="310" t="s">
+        <v>564</v>
       </c>
       <c r="G18" s="131"/>
       <c r="H18" s="132"/>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="84" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="B19" s="142" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="117"/>
       <c r="D19" s="284" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="E19" s="84" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>429</v>
+      </c>
+      <c r="F19" s="311" t="s">
+        <v>587</v>
       </c>
       <c r="G19" s="119"/>
       <c r="H19" s="120"/>
     </row>
-    <row r="20" spans="1:13" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="122"/>
       <c r="B20" s="143" t="s">
         <v>77</v>
       </c>
       <c r="C20" s="122"/>
       <c r="D20" s="285" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="E20" s="144" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>595</v>
+        <v>430</v>
+      </c>
+      <c r="F20" s="312" t="s">
+        <v>593</v>
       </c>
       <c r="G20" s="125"/>
       <c r="H20" s="126"/>
     </row>
-    <row r="21" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="130"/>
       <c r="B21" s="145"/>
       <c r="C21" s="130"/>
       <c r="D21" s="130"/>
       <c r="E21" s="141"/>
       <c r="F21" s="130"/>
       <c r="G21" s="204" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="H21" s="120"/>
     </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="84" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B22" s="133"/>
       <c r="C22" s="117"/>
       <c r="D22" s="84"/>
       <c r="E22" s="121"/>
       <c r="F22" s="117"/>
       <c r="G22" s="205" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="H22" s="120"/>
     </row>
-    <row r="23" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="122"/>
       <c r="B23" s="133"/>
       <c r="C23" s="122"/>
       <c r="D23" s="123"/>
       <c r="E23" s="124"/>
       <c r="F23" s="122"/>
       <c r="G23" s="271" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="H23" s="126"/>
     </row>
-    <row r="24" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="130"/>
       <c r="B24" s="250" t="s">
+        <v>571</v>
+      </c>
+      <c r="C24" s="206" t="s">
+        <v>571</v>
+      </c>
+      <c r="D24" s="136" t="s">
+        <v>418</v>
+      </c>
+      <c r="E24" s="226" t="s">
+        <v>594</v>
+      </c>
+      <c r="F24" s="212" t="s">
+        <v>564</v>
+      </c>
+      <c r="G24" s="204" t="s">
+        <v>564</v>
+      </c>
+      <c r="H24" s="307" t="s">
         <v>573</v>
       </c>
-      <c r="C24" s="206" t="s">
-[...18 lines deleted...]
-    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="84" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B25" s="235" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C25" s="207" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D25" s="84" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E25" s="205" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="F25" s="213" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="G25" s="205" t="s">
-        <v>611</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:13" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+        <v>609</v>
+      </c>
+      <c r="H25" s="308" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="122"/>
       <c r="B26" s="214" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="C26" s="208" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="D26" s="137" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="E26" s="215" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="F26" s="214" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="G26" s="271" t="s">
-        <v>612</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
+        <v>610</v>
+      </c>
+      <c r="H26" s="309" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="130"/>
       <c r="B27" s="130"/>
       <c r="C27" s="138"/>
       <c r="D27" s="136" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="E27" s="130"/>
       <c r="F27" s="130"/>
       <c r="G27" s="131"/>
       <c r="H27" s="132"/>
     </row>
-    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="84" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B28" s="84"/>
       <c r="C28" s="139"/>
       <c r="D28" s="84" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E28" s="121"/>
       <c r="F28" s="117"/>
       <c r="G28" s="119"/>
       <c r="H28" s="120"/>
     </row>
-    <row r="29" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="117"/>
       <c r="B29" s="84"/>
       <c r="C29" s="138"/>
       <c r="D29" s="148" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E29" s="121"/>
       <c r="F29" s="117"/>
       <c r="G29" s="119"/>
       <c r="H29" s="120"/>
       <c r="M29" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="128"/>
       <c r="B30" s="128"/>
       <c r="C30" s="130"/>
       <c r="D30" s="130"/>
       <c r="E30" s="129"/>
       <c r="F30" s="130"/>
       <c r="G30" s="131"/>
       <c r="H30" s="132"/>
     </row>
-    <row r="31" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="84" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B31" s="84"/>
       <c r="C31" s="117"/>
       <c r="D31" s="117"/>
       <c r="E31" s="121"/>
       <c r="F31" s="117"/>
       <c r="G31" s="119"/>
       <c r="H31" s="120"/>
     </row>
-    <row r="32" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="122"/>
       <c r="B32" s="123"/>
       <c r="C32" s="122"/>
       <c r="D32" s="122"/>
       <c r="E32" s="124"/>
       <c r="F32" s="122"/>
       <c r="G32" s="125"/>
       <c r="H32" s="126"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="128"/>
       <c r="B33" s="130"/>
       <c r="C33" s="130"/>
       <c r="D33" s="130"/>
       <c r="E33" s="130"/>
       <c r="F33" s="130"/>
       <c r="G33" s="131"/>
       <c r="H33" s="132"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="84" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B34" s="117"/>
       <c r="C34" s="117"/>
       <c r="D34" s="117"/>
       <c r="E34" s="117"/>
       <c r="F34" s="117"/>
       <c r="G34" s="119"/>
       <c r="H34" s="120"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="122"/>
       <c r="B35" s="122"/>
       <c r="C35" s="122"/>
       <c r="D35" s="149"/>
       <c r="E35" s="149"/>
       <c r="F35" s="122"/>
       <c r="G35" s="125"/>
       <c r="H35" s="126"/>
     </row>
-    <row r="36" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="219" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B36" s="209"/>
       <c r="C36" s="209"/>
       <c r="D36" s="219"/>
       <c r="E36" s="219"/>
       <c r="F36" s="209"/>
       <c r="G36" s="119"/>
       <c r="H36" s="120"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>441</v>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="319" t="s">
+        <v>439</v>
       </c>
       <c r="B37" s="250" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C37" s="220"/>
       <c r="D37" s="221"/>
       <c r="E37" s="221"/>
       <c r="F37" s="222"/>
       <c r="G37" s="131"/>
       <c r="H37" s="132"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A38" s="293"/>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="320"/>
       <c r="B38" s="235" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C38" s="146"/>
       <c r="D38" s="150"/>
       <c r="E38" s="150"/>
       <c r="F38" s="151"/>
       <c r="G38" s="119"/>
       <c r="H38" s="120"/>
     </row>
-    <row r="39" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A39" s="294"/>
+    <row r="39" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="321"/>
       <c r="B39" s="257" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C39" s="223"/>
       <c r="D39" s="224"/>
       <c r="E39" s="225"/>
       <c r="F39" s="225"/>
       <c r="G39" s="125"/>
       <c r="H39" s="126"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="151"/>
       <c r="B40" s="151"/>
       <c r="C40" s="151"/>
       <c r="D40" s="150"/>
       <c r="E40" s="151"/>
       <c r="F40" s="151"/>
       <c r="G40" s="119"/>
       <c r="H40" s="120"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="154" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B41" s="154"/>
       <c r="C41" s="153"/>
       <c r="D41" s="153"/>
       <c r="E41" s="153"/>
       <c r="F41" s="153"/>
       <c r="G41" s="119"/>
       <c r="H41" s="120"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="153"/>
       <c r="B42" s="154"/>
       <c r="C42" s="153"/>
       <c r="D42" s="153"/>
       <c r="E42" s="153"/>
       <c r="F42" s="153"/>
       <c r="G42" s="125"/>
       <c r="H42" s="126"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="154" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B43" s="153"/>
       <c r="C43" s="153"/>
       <c r="D43" s="153"/>
       <c r="E43" s="153"/>
       <c r="F43" s="153"/>
       <c r="G43"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="153"/>
       <c r="B44" s="153"/>
       <c r="C44" s="153"/>
       <c r="D44" s="153"/>
       <c r="E44" s="153"/>
       <c r="F44" s="153"/>
       <c r="G44"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="154" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B45" s="152"/>
       <c r="C45" s="153"/>
       <c r="D45" s="153"/>
       <c r="E45" s="153"/>
       <c r="F45" s="153"/>
       <c r="G45"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="152" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="152" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
     </row>
-    <row r="48" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="131"/>
       <c r="B48" s="132"/>
       <c r="C48" s="29" t="s">
         <v>65</v>
       </c>
       <c r="D48" s="132"/>
       <c r="E48" s="132"/>
       <c r="F48" s="132"/>
       <c r="G48" s="131" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="H48" s="132"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="119" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B49" s="120"/>
       <c r="C49" s="119" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D49" s="120"/>
       <c r="E49" s="120"/>
       <c r="F49" s="120"/>
       <c r="G49" s="119" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H49" s="120"/>
     </row>
-    <row r="50" spans="1:8" s="7" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:8" s="7" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A50" s="155"/>
       <c r="B50" s="156"/>
       <c r="C50" s="155" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D50" s="156"/>
       <c r="E50" s="156"/>
       <c r="F50" s="156"/>
       <c r="G50" s="155" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="H50" s="156"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A37:A39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:I58"/>
   <sheetViews>
     <sheetView zoomScale="72" zoomScaleNormal="55" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:XFD2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.88671875" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.85546875" defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="20.6640625" style="157" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="9" width="20.6640625" customWidth="1"/>
+    <col min="1" max="1" width="20.7109375" style="157" customWidth="1"/>
+    <col min="2" max="6" width="20.7109375" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="112" customWidth="1"/>
+    <col min="8" max="9" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="158"/>
       <c r="B1" s="159" t="s">
+        <v>410</v>
+      </c>
+      <c r="C1" s="159" t="s">
+        <v>411</v>
+      </c>
+      <c r="D1" s="159" t="s">
         <v>412</v>
       </c>
-      <c r="C1" s="159" t="s">
+      <c r="E1" s="159" t="s">
         <v>413</v>
       </c>
-      <c r="D1" s="159" t="s">
+      <c r="F1" s="159" t="s">
         <v>414</v>
       </c>
-      <c r="E1" s="159" t="s">
+      <c r="G1" s="159" t="s">
         <v>415</v>
       </c>
-      <c r="F1" s="159" t="s">
+      <c r="H1" s="159" t="s">
         <v>416</v>
       </c>
-      <c r="G1" s="159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I1" s="159" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" s="160"/>
       <c r="B2" s="161" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C2" s="161"/>
       <c r="D2" s="162" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="E2" s="261" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="F2" s="262" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="G2" s="262"/>
       <c r="H2" s="262" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="I2" s="163" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="164" t="s">
+        <v>453</v>
+      </c>
+      <c r="B3" s="165" t="s">
         <v>454</v>
-      </c>
-[...6 lines deleted...]
-        <v>456</v>
       </c>
       <c r="C3" s="165"/>
       <c r="D3" s="166" t="s">
         <v>138</v>
       </c>
       <c r="E3" s="263" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="F3" s="263" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="G3" s="263"/>
       <c r="H3" s="263" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="I3" s="167" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="168"/>
       <c r="B4" s="165" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C4" s="165"/>
       <c r="D4" s="166" t="s">
+        <v>457</v>
+      </c>
+      <c r="E4" s="263" t="s">
+        <v>458</v>
+      </c>
+      <c r="F4" s="263" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="G4" s="263"/>
       <c r="H4" s="263" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="I4" s="167" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="169"/>
-      <c r="B5" s="320" t="s">
-        <v>289</v>
+      <c r="B5" s="316" t="s">
+        <v>287</v>
       </c>
       <c r="C5" s="161"/>
       <c r="D5" s="163" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="E5" s="261" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="F5" s="262"/>
       <c r="G5" s="262"/>
       <c r="H5" s="262"/>
       <c r="I5" s="163"/>
     </row>
-    <row r="6" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="164" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>462</v>
+      </c>
+      <c r="B6" s="317" t="s">
+        <v>587</v>
       </c>
       <c r="C6" s="165"/>
       <c r="D6" s="167" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="E6" s="263" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="F6" s="263"/>
       <c r="G6" s="263"/>
       <c r="H6" s="263"/>
       <c r="I6" s="167"/>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="170"/>
-      <c r="B7" s="322" t="s">
-        <v>599</v>
+      <c r="B7" s="318" t="s">
+        <v>597</v>
       </c>
       <c r="C7" s="171"/>
       <c r="D7" s="147" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E7" s="264" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="F7" s="264"/>
       <c r="G7" s="264"/>
       <c r="H7" s="264"/>
       <c r="I7" s="147"/>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="172"/>
       <c r="B8" s="216" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C8" s="161"/>
       <c r="D8" s="163" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="E8" s="282" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="F8" s="262" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="G8" s="262"/>
       <c r="H8" s="262" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="I8" s="163" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="164" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B9" s="217" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C9" s="165"/>
       <c r="D9" s="167" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="E9" s="283" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="F9" s="263" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="G9" s="263"/>
       <c r="H9" s="263" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="I9" s="167" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="170"/>
       <c r="B10" s="218" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="C10" s="171"/>
       <c r="D10" s="147" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="E10" s="215" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F10" s="264" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G10" s="264"/>
       <c r="H10" s="264" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I10" s="147" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="169"/>
       <c r="B11" s="258" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C11" s="161"/>
       <c r="D11" s="163"/>
       <c r="E11" s="262" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="F11" s="262"/>
       <c r="G11" s="262"/>
       <c r="H11" s="262"/>
       <c r="I11" s="163" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="164" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B12" s="259" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C12" s="165"/>
       <c r="D12" s="167"/>
       <c r="E12" s="263" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="F12" s="263"/>
       <c r="G12" s="263"/>
       <c r="H12" s="263"/>
       <c r="I12" s="167" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="170"/>
       <c r="B13" s="260" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C13" s="171"/>
       <c r="D13" s="147"/>
       <c r="E13" s="264" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="F13" s="264"/>
       <c r="G13" s="264"/>
       <c r="H13" s="264"/>
       <c r="I13" s="147" t="s">
-        <v>472</v>
-[...4 lines deleted...]
-        <v>473</v>
+        <v>470</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="322" t="s">
+        <v>471</v>
       </c>
       <c r="B14" s="258" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C14" s="161"/>
       <c r="D14" s="163"/>
       <c r="E14" s="262"/>
       <c r="F14" s="262"/>
       <c r="G14" s="262"/>
       <c r="H14" s="262"/>
       <c r="I14" s="163"/>
     </row>
-    <row r="15" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A15" s="295"/>
+    <row r="15" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="322"/>
       <c r="B15" s="259" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C15" s="165"/>
       <c r="D15" s="167"/>
       <c r="E15" s="263"/>
       <c r="F15" s="263"/>
       <c r="G15" s="263"/>
       <c r="H15" s="263"/>
       <c r="I15" s="167"/>
     </row>
-    <row r="16" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A16" s="295"/>
+    <row r="16" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="322"/>
       <c r="B16" s="260" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C16" s="171"/>
       <c r="D16" s="147"/>
       <c r="E16" s="264"/>
       <c r="F16" s="264"/>
       <c r="G16" s="264"/>
       <c r="H16" s="264"/>
       <c r="I16" s="147"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" s="160"/>
       <c r="B17" s="258" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C17" s="161"/>
       <c r="D17" s="162" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="E17" s="262"/>
       <c r="F17" s="262"/>
       <c r="G17" s="262" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="H17" s="262"/>
       <c r="I17" s="163"/>
     </row>
-    <row r="18" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="164" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B18" s="259" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C18" s="165"/>
       <c r="D18" s="166" t="s">
         <v>138</v>
       </c>
       <c r="E18" s="263"/>
       <c r="F18" s="263"/>
       <c r="G18" s="263" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="H18" s="263"/>
       <c r="I18" s="167"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="170"/>
       <c r="B19" s="260" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C19" s="171"/>
       <c r="D19" s="173" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="E19" s="264"/>
       <c r="F19" s="264"/>
       <c r="G19" s="264" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="H19" s="264"/>
       <c r="I19" s="147"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="172"/>
       <c r="B20" s="258" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C20" s="161"/>
       <c r="D20" s="162"/>
       <c r="E20" s="262"/>
       <c r="F20" s="262"/>
       <c r="G20" s="262"/>
       <c r="H20" s="262"/>
       <c r="I20" s="163"/>
     </row>
-    <row r="21" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="164" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B21" s="259" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C21" s="165"/>
       <c r="D21" s="167"/>
       <c r="E21" s="263"/>
       <c r="F21" s="263"/>
       <c r="G21" s="263"/>
       <c r="H21" s="263"/>
       <c r="I21" s="167"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="170"/>
       <c r="B22" s="260" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C22" s="171"/>
       <c r="D22" s="147"/>
       <c r="E22" s="264"/>
       <c r="F22" s="264"/>
       <c r="G22" s="264"/>
       <c r="H22" s="264"/>
       <c r="I22" s="147"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="172"/>
       <c r="B23" s="258" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C23" s="161"/>
       <c r="D23" s="163"/>
       <c r="E23" s="262"/>
       <c r="F23" s="262"/>
       <c r="G23" s="262" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="H23" s="262" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="I23" s="163"/>
     </row>
-    <row r="24" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="164" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B24" s="259" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C24" s="165"/>
       <c r="D24" s="167"/>
       <c r="E24" s="263"/>
       <c r="F24" s="263"/>
       <c r="G24" s="263" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="H24" s="263" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="I24" s="167"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="170"/>
       <c r="B25" s="260" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="C25" s="171"/>
       <c r="D25" s="147"/>
       <c r="E25" s="264"/>
       <c r="F25" s="264"/>
       <c r="G25" s="264" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="H25" s="264" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I25" s="147"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="172"/>
       <c r="B26" s="161"/>
       <c r="C26" s="161"/>
       <c r="D26" s="163"/>
       <c r="E26" s="262"/>
       <c r="F26" s="262"/>
       <c r="G26" s="262"/>
       <c r="H26" s="262"/>
       <c r="I26" s="163"/>
     </row>
-    <row r="27" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="164" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B27" s="165"/>
       <c r="C27" s="165"/>
       <c r="D27" s="167"/>
       <c r="E27" s="263"/>
       <c r="F27" s="263"/>
       <c r="G27" s="263"/>
       <c r="H27" s="263"/>
       <c r="I27" s="167"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="170"/>
       <c r="B28" s="171"/>
       <c r="C28" s="171"/>
       <c r="D28" s="147"/>
       <c r="E28" s="264"/>
       <c r="F28" s="264"/>
       <c r="G28" s="264"/>
       <c r="H28" s="264"/>
       <c r="I28" s="147"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="172"/>
       <c r="B29" s="161"/>
       <c r="C29" s="161"/>
       <c r="D29" s="163" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="E29" s="163"/>
       <c r="F29" s="163"/>
       <c r="G29" s="163"/>
       <c r="H29" s="163"/>
       <c r="I29" s="163"/>
     </row>
-    <row r="30" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="164" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B30" s="165"/>
       <c r="C30" s="165"/>
       <c r="D30" s="167" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="E30" s="167"/>
       <c r="F30" s="167"/>
       <c r="G30" s="167"/>
       <c r="H30" s="167"/>
       <c r="I30" s="167"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="170"/>
       <c r="B31" s="171"/>
       <c r="C31" s="171"/>
       <c r="D31" s="147" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="E31" s="147"/>
       <c r="F31" s="147"/>
       <c r="G31" s="147"/>
       <c r="H31" s="147"/>
       <c r="I31" s="147"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" s="160"/>
       <c r="B32" s="161" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C32" s="161"/>
       <c r="D32" s="163"/>
       <c r="E32" s="163"/>
       <c r="F32" s="163"/>
       <c r="G32" s="163"/>
       <c r="H32" s="163"/>
       <c r="I32" s="163"/>
     </row>
-    <row r="33" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="164" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B33" s="165" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C33" s="165"/>
       <c r="D33" s="167"/>
       <c r="E33" s="167"/>
       <c r="F33" s="167"/>
       <c r="G33" s="167"/>
       <c r="H33" s="167"/>
       <c r="I33" s="167"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="170"/>
       <c r="B34" s="171" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C34" s="171"/>
       <c r="D34" s="147"/>
       <c r="E34" s="147"/>
       <c r="F34" s="147"/>
       <c r="G34" s="147"/>
       <c r="H34" s="147"/>
       <c r="I34" s="147"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="172"/>
       <c r="B35" s="161"/>
       <c r="C35" s="161"/>
       <c r="D35" s="163"/>
       <c r="E35" s="163"/>
       <c r="F35" s="163"/>
       <c r="G35" s="163"/>
       <c r="H35" s="163"/>
       <c r="I35" s="163"/>
     </row>
-    <row r="36" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="164" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B36" s="165"/>
       <c r="C36" s="165"/>
       <c r="D36" s="167"/>
       <c r="E36" s="167"/>
       <c r="F36" s="167"/>
       <c r="G36" s="167"/>
       <c r="H36" s="167"/>
       <c r="I36" s="167"/>
     </row>
-    <row r="37" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="174"/>
       <c r="B37" s="171"/>
       <c r="C37" s="171"/>
       <c r="D37" s="147"/>
       <c r="E37" s="147"/>
       <c r="F37" s="147"/>
       <c r="G37" s="147"/>
       <c r="H37" s="147"/>
       <c r="I37" s="147"/>
     </row>
-    <row r="38" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="169"/>
       <c r="B38" s="161"/>
       <c r="C38" s="161"/>
       <c r="D38" s="163"/>
       <c r="E38" s="163"/>
       <c r="F38" s="163"/>
       <c r="G38" s="163"/>
       <c r="H38" s="163"/>
       <c r="I38" s="163"/>
     </row>
-    <row r="39" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="175" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B39" s="165"/>
       <c r="C39" s="165"/>
       <c r="D39" s="176"/>
       <c r="E39" s="176"/>
       <c r="F39" s="167"/>
       <c r="G39" s="167"/>
       <c r="H39" s="167"/>
       <c r="I39" s="167"/>
     </row>
-    <row r="40" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="170"/>
       <c r="B40" s="171"/>
       <c r="C40" s="171"/>
       <c r="D40" s="147"/>
       <c r="E40" s="147"/>
       <c r="F40" s="147"/>
       <c r="G40" s="147"/>
       <c r="H40" s="147"/>
       <c r="I40" s="147"/>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="172"/>
       <c r="B41" s="161"/>
       <c r="C41" s="161"/>
       <c r="D41" s="163"/>
       <c r="E41" s="163"/>
       <c r="F41" s="163"/>
       <c r="G41" s="163"/>
       <c r="H41" s="163"/>
       <c r="I41" s="163"/>
     </row>
-    <row r="42" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="164" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B42" s="165"/>
       <c r="C42" s="165"/>
       <c r="D42" s="167"/>
       <c r="E42" s="167"/>
       <c r="F42" s="167"/>
       <c r="G42" s="167"/>
       <c r="H42" s="167"/>
       <c r="I42" s="167"/>
     </row>
-    <row r="43" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="170"/>
       <c r="B43" s="171"/>
       <c r="C43" s="171"/>
       <c r="D43" s="147"/>
       <c r="E43" s="147"/>
       <c r="F43" s="147"/>
       <c r="G43" s="147"/>
       <c r="H43" s="147"/>
       <c r="I43" s="147"/>
     </row>
-    <row r="44" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="172"/>
       <c r="B44" s="161"/>
       <c r="C44" s="161"/>
       <c r="D44" s="163"/>
       <c r="E44" s="163"/>
       <c r="F44" s="163"/>
       <c r="G44" s="163"/>
       <c r="H44" s="163"/>
       <c r="I44" s="163"/>
     </row>
-    <row r="45" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="164" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B45" s="165"/>
       <c r="C45" s="165"/>
       <c r="D45" s="167"/>
       <c r="E45" s="167"/>
       <c r="F45" s="167"/>
       <c r="G45" s="167"/>
       <c r="H45" s="167"/>
       <c r="I45" s="167"/>
     </row>
-    <row r="46" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="170"/>
       <c r="B46" s="171"/>
       <c r="C46" s="171"/>
       <c r="D46" s="147"/>
       <c r="E46" s="147"/>
       <c r="F46" s="147"/>
       <c r="G46" s="147"/>
       <c r="H46" s="147"/>
       <c r="I46" s="147"/>
     </row>
-    <row r="47" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="172"/>
       <c r="B47" s="161"/>
       <c r="C47" s="161"/>
       <c r="D47" s="163"/>
       <c r="E47" s="163"/>
       <c r="F47" s="163"/>
       <c r="G47" s="163"/>
       <c r="H47" s="163"/>
       <c r="I47" s="163"/>
     </row>
-    <row r="48" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="164" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B48" s="165"/>
       <c r="C48" s="165"/>
       <c r="D48" s="167"/>
       <c r="E48" s="167"/>
       <c r="F48" s="167"/>
       <c r="G48" s="167"/>
       <c r="H48" s="167"/>
       <c r="I48" s="167"/>
     </row>
-    <row r="49" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="174"/>
       <c r="B49" s="171"/>
       <c r="C49" s="171"/>
       <c r="D49" s="147"/>
       <c r="E49" s="147"/>
       <c r="F49" s="147"/>
       <c r="G49" s="147"/>
       <c r="H49" s="147"/>
       <c r="I49" s="147"/>
     </row>
-    <row r="50" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="169"/>
       <c r="B50" s="161"/>
       <c r="C50" s="161"/>
       <c r="D50" s="163"/>
       <c r="E50" s="163"/>
       <c r="F50" s="163"/>
       <c r="G50" s="163"/>
       <c r="H50" s="163"/>
       <c r="I50" s="163"/>
     </row>
-    <row r="51" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="175" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B51" s="165"/>
       <c r="C51" s="165"/>
       <c r="D51" s="167"/>
       <c r="E51" s="167"/>
       <c r="F51" s="167"/>
       <c r="G51" s="167"/>
       <c r="H51" s="167"/>
       <c r="I51" s="167"/>
     </row>
-    <row r="52" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="177"/>
       <c r="B52" s="171"/>
       <c r="C52" s="171"/>
       <c r="D52" s="147"/>
       <c r="E52" s="147"/>
       <c r="F52" s="147"/>
       <c r="G52" s="147"/>
       <c r="H52" s="147"/>
       <c r="I52" s="147"/>
     </row>
-    <row r="53" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="178"/>
       <c r="B53" s="161"/>
       <c r="C53" s="161"/>
       <c r="D53" s="163"/>
       <c r="E53" s="163"/>
       <c r="F53" s="163"/>
       <c r="G53" s="163"/>
       <c r="H53" s="163"/>
       <c r="I53" s="163"/>
     </row>
-    <row r="54" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="175" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B54" s="179"/>
       <c r="C54" s="165"/>
       <c r="D54" s="167"/>
       <c r="E54" s="167"/>
       <c r="F54" s="167"/>
       <c r="G54" s="167"/>
       <c r="H54" s="167"/>
       <c r="I54" s="167"/>
     </row>
-    <row r="55" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="177"/>
       <c r="B55" s="180"/>
       <c r="C55" s="171"/>
       <c r="D55" s="147"/>
       <c r="E55" s="147"/>
       <c r="F55" s="147"/>
       <c r="G55" s="147"/>
       <c r="H55" s="147"/>
       <c r="I55" s="147"/>
     </row>
-    <row r="56" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" s="181"/>
       <c r="B56" s="182"/>
       <c r="C56" s="183" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="D56" s="166" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="E56" s="182"/>
       <c r="F56" s="182"/>
       <c r="G56" s="166" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="H56" s="182"/>
       <c r="I56" s="182"/>
     </row>
-    <row r="57" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" s="184" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B57" s="182"/>
       <c r="C57" s="183" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D57" s="166" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="E57" s="182"/>
       <c r="F57" s="182"/>
       <c r="G57" s="166" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="H57" s="182"/>
       <c r="I57" s="182"/>
     </row>
-    <row r="58" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" s="155"/>
       <c r="B58" s="185"/>
       <c r="C58" s="186" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D58" s="173" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="E58" s="185"/>
       <c r="F58" s="185"/>
       <c r="G58" s="173" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="H58" s="185"/>
       <c r="I58" s="185"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A14:A16"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="10.77734375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="64" width="10.77734375" customWidth="1"/>
+    <col min="1" max="2" width="10.7109375" customWidth="1"/>
+    <col min="3" max="4" width="11.42578125" style="112" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" customWidth="1"/>
+    <col min="6" max="64" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1" s="187" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="188"/>
       <c r="C2"/>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="188">
         <v>43624</v>
       </c>
       <c r="B3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C3" s="112" t="s">
+        <v>492</v>
+      </c>
+      <c r="D3" s="112" t="s">
         <v>493</v>
       </c>
-      <c r="C3" s="112" t="s">
+      <c r="E3" t="s">
         <v>494</v>
       </c>
-      <c r="D3" s="112" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="188">
         <v>43624</v>
       </c>
       <c r="B4" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C4" s="112" t="s">
+        <v>495</v>
+      </c>
+      <c r="D4" s="112" t="s">
+        <v>496</v>
+      </c>
+      <c r="E4" t="s">
         <v>497</v>
       </c>
-      <c r="D4" s="112" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="188">
         <v>43624</v>
       </c>
       <c r="B5" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C5" s="112" t="s">
+        <v>498</v>
+      </c>
+      <c r="D5" s="112" t="s">
+        <v>499</v>
+      </c>
+      <c r="E5" t="s">
         <v>500</v>
       </c>
-      <c r="D5" s="112" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="188">
         <v>43624</v>
       </c>
       <c r="B6" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C6" s="112" t="s">
+        <v>501</v>
+      </c>
+      <c r="D6" s="112" t="s">
+        <v>502</v>
+      </c>
+      <c r="E6" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="10.77734375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="64" width="10.77734375" customWidth="1"/>
+    <col min="1" max="2" width="10.7109375" customWidth="1"/>
+    <col min="3" max="4" width="11.42578125" style="112" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" customWidth="1"/>
+    <col min="6" max="64" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1" s="187" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="188">
         <v>43198</v>
       </c>
       <c r="B2" t="s">
+        <v>505</v>
+      </c>
+      <c r="C2" s="112" t="s">
+        <v>506</v>
+      </c>
+      <c r="D2" s="112" t="s">
         <v>507</v>
       </c>
-      <c r="C2" s="112" t="s">
+      <c r="E2" t="s">
         <v>508</v>
       </c>
-      <c r="D2" s="112" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="188">
         <v>43198</v>
       </c>
       <c r="B3" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C3" s="112" t="s">
+        <v>509</v>
+      </c>
+      <c r="D3" s="112" t="s">
+        <v>510</v>
+      </c>
+      <c r="E3" t="s">
         <v>511</v>
       </c>
-      <c r="D3" s="112" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="188"/>
       <c r="C4"/>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="188">
         <v>43624</v>
       </c>
       <c r="B5" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C5" s="112" t="s">
+        <v>512</v>
+      </c>
+      <c r="D5" s="112" t="s">
+        <v>513</v>
+      </c>
+      <c r="E5" t="s">
         <v>514</v>
-      </c>
-[...4 lines deleted...]
-        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="10.77734375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="64" width="10.77734375" customWidth="1"/>
+    <col min="1" max="2" width="10.7109375" customWidth="1"/>
+    <col min="3" max="4" width="11.42578125" style="112" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" customWidth="1"/>
+    <col min="6" max="64" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1" s="187" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="188"/>
       <c r="C2"/>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="188">
         <v>43625</v>
       </c>
       <c r="B3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C3" s="112" t="s">
+        <v>516</v>
+      </c>
+      <c r="D3" s="112" t="s">
         <v>493</v>
       </c>
-      <c r="C3" s="112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="188">
         <v>43625</v>
       </c>
       <c r="B4" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C4" s="112" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D4" s="112" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E4" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="64" width="10.77734375" customWidth="1"/>
+    <col min="1" max="64" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="E1" s="187" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="188">
         <v>41091</v>
       </c>
       <c r="B2" t="s">
+        <v>521</v>
+      </c>
+      <c r="C2" t="s">
+        <v>522</v>
+      </c>
+      <c r="D2" t="s">
         <v>523</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>524</v>
       </c>
-      <c r="D2" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="188">
         <v>42169</v>
       </c>
       <c r="B3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C3" t="s">
+        <v>526</v>
+      </c>
+      <c r="D3" t="s">
         <v>527</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>528</v>
       </c>
-      <c r="D3" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="188">
         <v>41791</v>
       </c>
       <c r="B4" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C4" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="E4" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>